--- v0 (2025-11-17)
+++ v1 (2026-02-17)
@@ -315,51 +315,51 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/242/sidnei_017_redutor_de_velocidade.doc</t>
   </si>
   <si>
     <t>Instalação de dispositivo de redução de velocidade ao longo da Avenida Jerusalém</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/243/sidnei_018_ar_condicionado_agencia_do_trabalhador.docx</t>
   </si>
   <si>
     <t>Proceder instalação de um aparelho de ar-condicionado nas depedencias da Agência do Trabalhador</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus</t>
+    <t>Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/244/israel_19_calcadas.doc</t>
   </si>
   <si>
     <t>Continuidade nas calçadas que fzeram na localidade da Unidade de Saúde do Conjunto Primvavera até o Eldorado</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/249/020_mauro_-_suspensao_consignado.docx</t>
   </si>
   <si>
     <t>Estude a viabilidade de suspensão dos descontos de empréstimos consignados</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>21</t>
   </si>
@@ -378,51 +378,51 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/264/moises_022_limpeza_primavera.doc</t>
   </si>
   <si>
     <t>Limpeza no conjunto Primavera</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/267/alterar_plano_diretor_indicacao.pdf</t>
   </si>
   <si>
     <t>A necessidade de mudar o Plano Diretor na lei 129/2010 em seu art. 12 § 5 - H</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>Jose Aparecido de Souza</t>
+    <t>Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/268/024_jose_lugar_de_oracao_no_cuzeiro_do_cemiterio.docx</t>
   </si>
   <si>
     <t>Que seja construido um ambiente de orações e celebrções para nossos entes queridos próximo ao cruzeiro do cemiério municipal de Sabáudia.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/274/luis_025_travessia_elevada.docx</t>
   </si>
   <si>
     <t>Instalação de uma travessia elevada em frente ao CEMEI Pequeno Polegar</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>26</t>
   </si>
@@ -1291,51 +1291,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/231/aditiva_001_-_sobre_a_dengue_1.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/233/aditiva_002_-_sobre_a_dengue_1.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/235/aditiva_003_-_sobre_a_dengue_1.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/197/001_sidnei_bueiro_inteligente.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/198/002_sidnei_ar_condicionado_conselho.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/199/003_sidnei_iluminacao_publica_1.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/207/mauro_004_desmanchar_escola_bom_progresso.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/208/mauro_005_nome_da_quadra_bom_progresso.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/209/mauro_006_melhorias_posto_de_saude_bom_progresso.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/210/007_luis_adicional_insalubridade_auxiliar_geral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/212/008_javam_nome_de_rua_lando.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/216/luis_009_fiscalizacao.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/221/010_sidnei_melhorias_da_tim.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/222/011_sidnei_verificar_fraudes_venda_minha_casa_minha_vida.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/223/012_sidnei_programa_de_descarte_de_entulhos.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/224/013_sidnei_reducao_de_velocidade_santa_luzia.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/225/014_sidnei_retirada_barracao_construtora_bizantina.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/226/015_sidnei_curso_primeiros_socorros.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/241/sidnei_16_torneiras_eletricas.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/242/sidnei_017_redutor_de_velocidade.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/243/sidnei_018_ar_condicionado_agencia_do_trabalhador.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/244/israel_19_calcadas.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/249/020_mauro_-_suspensao_consignado.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/250/021_mauro_-_compra_epis.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/264/moises_022_limpeza_primavera.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/267/alterar_plano_diretor_indicacao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/268/024_jose_lugar_de_oracao_no_cuzeiro_do_cemiterio.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/274/luis_025_travessia_elevada.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/275/026_cecado_em_volta_dos_parquinhos.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/276/jose_027__sinalizacao_posto_de_saude.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/277/jose_028_limpeza.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/278/jose_029_sinalizacao_bairro.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/279/jose_030_asfalto.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/280/israel_031lombada.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/245/decreto_legislativo_001_mudanca_camara.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/202/sidnei_lei_001_feira_da_saude.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/200/sidnei_lei_001_feira_da_saude.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/201/sidnei_lei_001_feira_da_saude.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/214/001_dengue.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/215/002_criacao_doadores_de_sangue.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/220/003_alinhamento_e_retirada_de_fios_eletricos.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/236/projeto_de_lei_no_005.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/246/projeto_de_lei_006-_recomposicao_inflacao_salarial_2020_servidores.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/247/projeto-de-lei_007recomposicao-salarial-2020_vereadores.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/257/projeto_de_lei_08__alteracao_orcamento_para_incluir_o_fundo.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/261/009_fixacao_de_placa_p_oba_paralisada.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/265/parecer_011-2020_-_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/271/projeto_010-_dispoe_sobre_o_plano_de_evacuacao_das_escolas_publicas_e_privadas_no_ambito_do_municipio_de_sabaudia_.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/266/altera_regimento_interno_art_248.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/203/sidnei_lei_001_feira_da_saude.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/204/sidnei_002_pintura__predios_municipais.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/219/sidnei_lei_003_banco_materiais_ortopedicos.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/232/sidnei_004_cultivo_de_plantas.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/234/sidnei_004_cultivo_de_plantas.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/260/sidnei_lei_005_demarcacao_postes.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/262/sidnei_lei_006_renovacao_receitra.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/269/sidnei_007_pre_projeto_doacao_de_sobra_de_materiais_1.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/205/sidnei_002_casa_tiao_carioca.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/206/sidnei_002_casa_tiao_carioca.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/211/moises_003_iluminacao_capela.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/213/sidnei_04__areas_institucionais.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/217/luis_06_madeira_campo_e_escola.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/218/sidnei_07_empresa_stel.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/227/luis-_javam_-_comunidade_sussui_venda_de_madeira_escola.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/228/luis-_javam_-_comunidade_sussui_venda_de_madeira_escola.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/229/08__luis-_javam_venda_de_madeira_escola.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/230/010__luis-_javam_venda_lenha_arvore.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/237/sidnei_11_informacao_stel.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/238/sidnei_12_vistoria_bombeiro.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/239/sidnei_013_notificacao_loteadora.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/240/sidnei_015_limpesa_de_terrene.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/248/requerimento_javam-_prefeito_veneno_plantacoes.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/251/vera_016_recurso_covid.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/252/requerimento_vera.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/253/sidnei_018_pintura_das_faixas.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/254/sidnei_019_reforma_pista_de_caminhada.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/255/luis_020_tubulacao_emrpesa_valenca.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/256/luis_021_vistoria_prefeitura.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/258/sidnei_022_laudo_tecnico_corte_de_arvores.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/259/requerimento_javam-_prefeito_afastamento_covid.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/263/moises_003_iluminacao_capela.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2020/270/luis-_025_sanpear.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="20" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="189.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>