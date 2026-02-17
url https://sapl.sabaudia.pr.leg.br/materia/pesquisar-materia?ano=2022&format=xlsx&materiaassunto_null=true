--- v0 (2025-11-17)
+++ v1 (2026-02-17)
@@ -78,306 +78,306 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/448/001.pdf</t>
   </si>
   <si>
     <t>Substituir a grama por piso concretado do Parque Infantil  da Praça Antonio Zanin</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/449/002.pdf</t>
   </si>
   <si>
     <t>Instalação de mais um poste de energia elétrica na Rua Manoel de Brito em frente ao numero 118 e em frente ao Cemitério Municipal</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva, Aparecido Jose de Brito, Jose Aparecido de Souza</t>
+    <t>Alessandra Valério, André Motorista, Aparecido Jose de Brito, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/450/003.pdf</t>
   </si>
   <si>
     <t>Contratação de empresa terceirizada especializada em limpeza de bocas de lobo/bueiros para prestar serviços em todo Municipio</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/451/004.pdf</t>
   </si>
   <si>
     <t>Providências referente a casa existente no estádio Municipal</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva, Jose Aparecido de Souza</t>
+    <t>Alessandra Valério, André Motorista, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/452/005.pdf</t>
   </si>
   <si>
     <t>Melhorias no pátio do barracão de geração de Renda do Município, situado na Marginal Arvelino Durante, próxima a Lajes Mendonça</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/453/006.pdf</t>
   </si>
   <si>
     <t>Viabilização das vagas de creche para crianças de 0 a 5 anos período integral, priorizando mães que trabalham e não tenho e não tem onde deixar seus filhos.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
+    <t>Israel, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/454/007.pdf</t>
   </si>
   <si>
     <t>Seja feita a manutenção das academias ao ar livre dos conjuntos  e praças</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>Luis Donizeti de Melo, Israel Aparecido Jesus</t>
+    <t>Luis Donizeti de Melo, Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/455/008.pdf</t>
   </si>
   <si>
     <t>Que seja demarcada mão única para estacionamento de frente a escola Domoacir Coelho</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Keliani de Aguiar Luz</t>
+    <t>Israel, Keliani de Aguiar Luz</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/456/009.pdf</t>
   </si>
   <si>
     <t>Aquisição de um veículo automotor utilitário de carga para Secretária de Industria, Comércio e Meio Ambiente</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>Aparecido Jose de Brito, Israel Aparecido Jesus, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
+    <t>Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/457/010.pdf</t>
   </si>
   <si>
     <t>Realize reforma no CLube Municipal de Sabáudia</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/458/011.pdf</t>
   </si>
   <si>
     <t>Que dê continuidade à Avenida Presidente Campos Salles</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/459/012.pdf</t>
   </si>
   <si>
     <t>Realize uma adequada iluminação do Trevo Principal do Municipio de Sabáudia</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/460/013.pdf</t>
   </si>
   <si>
     <t>Estender o acesso ao transporte escolar para o Bairro Califórnia, assim como é realizado em outros bairros</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Luis Donizeti de Melo</t>
+    <t>Israel, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/461/014.pdf</t>
   </si>
   <si>
     <t>Ampliação na farmácia do Pronto Atendimento e instalação de ar condicionado no local</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Jose Aparecido de Souza, Leila Regina Pavezzi</t>
+    <t>Israel, Leila Regina Pavezzi, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/462/015.pdf</t>
   </si>
   <si>
     <t>Organizar projetos de escolinhas de futebol e outras modalidades esportivas para crianças e adolescentes</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/463/016.pdf</t>
   </si>
   <si>
     <t>Retornar a linha escolar passando pela rua Antonio Gigliotti e seguindo a rua Argemiro Salvador</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/464/017.pdf</t>
   </si>
   <si>
     <t>Ampliação do atendimento de fisioterapia no municipio</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/465/018.pdf</t>
   </si>
   <si>
     <t>Ampliação de transporte municipal de trabalhadores, incluindo itineráio/rota nos bairros Canaa I e II</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>Jose Aparecido de Souza</t>
+    <t>Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/466/019.pdf</t>
   </si>
   <si>
     <t>Possibilidade de manusear retirar ou cobrir, efetuar limpeza com urgencia, que uma solução seja tomada em todos os veiculos e objetos não pertinentes localizado na garagem</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/467/020.pdf</t>
   </si>
   <si>
     <t>Instalação de rede de energia elétrica e asfalto no seguimento da Rua das Flores, no Conjunto Primavera</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/470/021.pdf</t>
   </si>
   <si>
     <t>Instalação de uma academia ao ar livre e um parque infantil, podendo ser realizada tanto no Jardim Bela Vista como no Jardim California</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel Aparecido Jesus, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
+    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/471/022.pdf</t>
   </si>
   <si>
     <t>Que faça asfalto, se possível, na estrada do Km 21, do seu ínicio até a entrada da Expotécnica</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/472/023.pdf</t>
   </si>
   <si>
     <t>Que seja feito no mês do de abril, um amplo trabalho de divulgação sobre a Caretira de Pessoa com autismo</t>
   </si>
   <si>
     <t>473</t>
   </si>
@@ -438,51 +438,51 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/478/029.pdf</t>
   </si>
   <si>
     <t>Que seja feito a segmento da iluminação em frente ao barracão do inicio da estrada do moinho</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/479/030.pdf</t>
   </si>
   <si>
     <t>Contratação de um neuropediatra para atender no nosso municipio.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>Aparecido Jose de Brito, Israel Aparecido Jesus, Leila Regina Pavezzi</t>
+    <t>Aparecido Jose de Brito, Israel, Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/482/031.pdf</t>
   </si>
   <si>
     <t>Que seja concluida a piscina do Centro do Idoso Ives Furlan</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/483/032.pdf</t>
   </si>
   <si>
     <t>Feito melhorias na praça do Residencial Canaã</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>33</t>
   </si>
@@ -504,51 +504,51 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/485/034.pdf</t>
   </si>
   <si>
     <t>Limpeza no centro comunitário</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/491/035.pdf</t>
   </si>
   <si>
     <t>Melhorias na estrada do lixão</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Alessandra Valério, André Luiz da Silva, Aparecido Jose de Brito, Israel Aparecido Jesus, Jose Aparecido de Souza, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
+    <t>Agnaldo Luciano Valderrama, Alessandra Valério, André Motorista, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/496/036.pdf</t>
   </si>
   <si>
     <t>Verifique quais veiculos são necessários para o desenvolvimento dos trabalhos da referida secretaria</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/497/037.pdf</t>
   </si>
   <si>
     <t>Denominação de bairro entre a rua Maria Madalena e lotes frontaos a Rua João médice</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>38</t>
   </si>
@@ -678,51 +678,51 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/518/048.pdf</t>
   </si>
   <si>
     <t>Cascalhamento na estrada Toco de Pinho, Gleba Bandeirantes</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/519/049.pdf</t>
   </si>
   <si>
     <t>Pintura e sinalização de todas as ruas da cidade</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>Keliani de Aguiar Luz, Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel Aparecido Jesus, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
+    <t>Keliani de Aguiar Luz, Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/520/050.pdf</t>
   </si>
   <si>
     <t>Realize pintura interna e externa UBS Tatiane Salvador</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/521/051.pdf</t>
   </si>
   <si>
     <t>Prestar assistência funeral de qualidade as famílias carentes enlutadas</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>52</t>
   </si>
@@ -789,51 +789,51 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/530/057.pdf</t>
   </si>
   <si>
     <t>Instalação de pontos de ônibus cobertos em locais estratégicos</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/533/058.pdf</t>
   </si>
   <si>
     <t>Estrada passa a ser deniominada Valdir Ribeiro</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva</t>
+    <t>Alessandra Valério, André Motorista</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/534/059.pdf</t>
   </si>
   <si>
     <t>Reparos na rede eletrica na avenida Jácomo Valério</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/535/indicacao_060_adequacao_banheiros_estadio_municipal.pdf</t>
   </si>
   <si>
     <t>Adequaçao dos banheiros no Estadio Municipal</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>61</t>
   </si>
@@ -867,93 +867,93 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/538/063.pdf</t>
   </si>
   <si>
     <t>Construção de travessias elevadas nas escolas municipais</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/539/064.pdf</t>
   </si>
   <si>
     <t>Normatização da linha de onibus de transporte de trabalhadores</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva, Israel Aparecido Jesus, Jose Aparecido de Souza</t>
+    <t>Alessandra Valério, André Motorista, Israel, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/540/065.pdf</t>
   </si>
   <si>
     <t>Andamento nas obras de ligação da ria Alberto Kienen com a Rua Vereador Antoônio Alves dos Santos</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus</t>
+    <t>Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/541/066.pdf</t>
   </si>
   <si>
     <t>Denomine o meu campinho do Conjunto Primavera como Luiz Quirino</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/542/067.pdf</t>
   </si>
   <si>
     <t>Possibilidade de voltar a fazer em nosso municipio as pequenas cirurgias</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel Aparecido Jesus, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
+    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/543/068.pdf</t>
   </si>
   <si>
     <t>Denomine o centro comunitário do Conjunto Canaã como Nelson Ananias Pinto</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Keliani de Aguiar Luz</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/544/069.pdf</t>
   </si>
   <si>
     <t>Garantir o cumprimento da Lei Federal 14.434/2022 (Piso Enfermagem)</t>
   </si>
   <si>
     <t>552</t>
   </si>
@@ -1239,51 +1239,51 @@
   <si>
     <t>Informações sobre o Projeto Meu Campinho</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/481/002.pdf</t>
   </si>
   <si>
     <t>Informações referentes ao serviço particular realizado pela secretaria de Agricultura, Obras e Abasecimento</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/490/003.pdf</t>
   </si>
   <si>
     <t>Normativa de veículos baixos</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Jose Aparecido de Souza</t>
+    <t>André Motorista, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/492/004.pdf</t>
   </si>
   <si>
     <t>Requerer departamento responsável, resposta a indicação 074/2021, que trata do cascalhamento da estrada do Belançon</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/493/005.pdf</t>
   </si>
   <si>
     <t>Compra de pedras e cascalhos realizadas pro essa administração neste ano de 2022</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/494/006.pdf</t>
   </si>
   <si>
     <t>Convocação do secretário municipal senhor Paulo Sérgio Gusson</t>
   </si>
@@ -1732,51 +1732,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/448/001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/449/002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/450/003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/451/004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/452/005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/453/006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/454/007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/455/008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/456/009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/457/010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/458/011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/459/012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/460/013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/461/014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/462/015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/463/016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/464/017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/465/018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/466/019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/467/020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/470/021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/471/022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/472/023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/473/024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/475/026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/476/027.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/477/028.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/478/029.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/479/030.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/482/031.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/483/032.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/484/033.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/485/034.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/491/035.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/496/036.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/497/037.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/501/038.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/502/039.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/503/040.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/505/041.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/506/042.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/507/043.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/508/044.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/511/045.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/512/046.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/513/047.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/518/048.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/519/049.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/520/050.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/521/051.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/525/052.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/526/053.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/527/054.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/528/055.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/529/056.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/530/057.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/533/058.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/534/059.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/535/indicacao_060_adequacao_banheiros_estadio_municipal.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/536/061.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/537/062.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/538/063.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/539/064.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/540/065.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/541/066.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/542/067.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/543/068.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/544/069.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/552/070.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/553/071.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/555/018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/556/019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/558/074.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/559/075.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/514/projeto_de_decreto_001_titulo_moacir_poleto.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/515/projeto_de_decreto_002_genesio_pegorin.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/468/proj_004.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/469/projeto_005.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/486/006.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/487/007.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/488/008.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/489/009.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/516/projeto_de_lei_010_atirador_desportivo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/517/projeto_de_lei_011_lista_de_espera.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/532/projeto_012.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/547/013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/548/014_reserva_de_afrodescedente.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/550/015_israel.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/551/016_fibriomalgia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/554/018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/560/projeto_de_lei_019-22_-_alterando_estatuto_1.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/531/001.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/545/pre_projeto.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/546/003.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/480/001.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/481/002.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/490/003.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/492/004.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/493/005.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/494/006.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/495/007.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/498/008.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/499/009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/500/010.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/504/011.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/509/011.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/510/012.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/522/014_comissao_temporaria_processual.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/523/015_comissao_de_inquerito.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/524/016.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/549/017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2022/557/020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="183.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="152.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>