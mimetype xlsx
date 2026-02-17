--- v0 (2025-11-17)
+++ v1 (2026-02-17)
@@ -93,117 +93,117 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/563/02.pdf</t>
   </si>
   <si>
     <t>Viabilizar instalação de redutores de velocidade, placas de trânsito ou outras alternativas regulamentadas para redução da velocidade na Rua Vereador Antonio Alves,</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/564/03.pdf</t>
   </si>
   <si>
     <t>Realização de reparos e manutenção na Estada São José</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Leila Regina Pavezzi</t>
+    <t>Israel, Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/566/04.pdf</t>
   </si>
   <si>
     <t>Que seja feito cobertura nas entradas dos CMEis</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Leila Regina Pavezzi, Israel Aparecido Jesus</t>
+    <t>Leila Regina Pavezzi, Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/567/05.pdf</t>
   </si>
   <si>
     <t>Que a verba de 200.000,00 seja destinado ao Centro do Idoso Ives Furlan</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/568/06.pdf</t>
   </si>
   <si>
     <t>Avaliar a possibilidade de garantir o reeembolso de despesas com alimentação, para pacientes que realizam tratamento fora do domicilio.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/569/07.pdf</t>
   </si>
   <si>
     <t>Cumprimento da Lei 690/2022</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/572/08.pdf</t>
   </si>
   <si>
     <t>Realização de reparos, manutenção e cascalhamento na Estrada Municipal de seguimento da estrada da Castanha conhecida popularmente como estrada da escolinha</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva, Israel Aparecido Jesus, Jose Aparecido de Souza, Leila Regina Pavezzi</t>
+    <t>Alessandra Valério, André Motorista, Israel, Leila Regina Pavezzi, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/573/09.pdf</t>
   </si>
   <si>
     <t>Realização de ampliação da Capela Mortuária municipal com recursos financeiro proprio</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/574/10.pdf</t>
   </si>
   <si>
     <t>Estude a possibilidade de contratar uma empresa de segurança para cuidar dos patrimônios públicos</t>
   </si>
   <si>
     <t>575</t>
   </si>
@@ -237,174 +237,174 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/577/13.pdf</t>
   </si>
   <si>
     <t>Feito melhorias, como pintura e outros no Salão Comunitário Anderson Aparecido de Souza do Conjunto América Sabóia</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/578/14.pdf</t>
   </si>
   <si>
     <t>Feito melhorias na rua Euclides Prado, Conjunto Habitacional América Sabóia</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Luis Donizeti de Melo</t>
+    <t>Israel, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/579/15.pdf</t>
   </si>
   <si>
     <t>Possibilidade adquirir academias ao ar livre para as Vilas Vitóriam Coelho e Pirapó</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/584/16.pdf</t>
   </si>
   <si>
     <t>Contratar uma empresa para arrancar os tocos de arvores das ruas</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Alessandra Valério, André Luiz da Silva, Jose Aparecido de Souza</t>
+    <t>Agnaldo Luciano Valderrama, Alessandra Valério, André Motorista, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/585/17.pdf</t>
   </si>
   <si>
     <t>Ampliação da cobertura da garagem Municipal Donizete Messias dos Santos</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva, Jose Aparecido de Souza</t>
+    <t>Alessandra Valério, André Motorista, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/588/18.pdf</t>
   </si>
   <si>
     <t>Viabilizar instalação de redutores de velociddae, ou placas de sinalização nas ruas Rio de Janeiro e Belo Horizonte</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/589/019.pdf</t>
   </si>
   <si>
     <t>Inclusão no projeto de pavimentação asfáltica o seguimento da rua das Flores , seguimento da Rua Lourenzo Peres, Rua da Garagem do Donizeti Messias dos Santos.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/590/20.pdf</t>
   </si>
   <si>
     <t>Viabilizar a abertura de banheiros da Praça Juliana Pavezzi, no Conjunto América Sabóia</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Jose Aparecido de Souza</t>
+    <t>Agnaldo Luciano Valderrama, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/591/21.pdf</t>
   </si>
   <si>
     <t>Cascalhamento da estrada do moinho</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Aparecido Jose de Brito, Luis Donizeti de Melo</t>
+    <t>Israel, Aparecido Jose de Brito, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/592/22.pdf</t>
   </si>
   <si>
     <t>Pintura e pequenos reparos no CMEI Pequeno Polegar</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/595/lixeira.docx</t>
   </si>
   <si>
     <t>Possibilidade de adquirir lixeiras e grades na Praça Marcos Rosati no Canãa II</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>Jose Aparecido de Souza</t>
+    <t>Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/599/24.pdf</t>
   </si>
   <si>
     <t>Faixa de estacionamento prioritário para onibus da saude no Posto Hermelinda Manueira Salvador</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/602/025.pdf</t>
   </si>
   <si>
     <t>Realize ampla divulgação do itinerário e dos horários do onibus de transporte de pacientes para o Posto Hermelinda Manueira Salvador</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>26</t>
   </si>
@@ -435,120 +435,120 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/607/028.pdf</t>
   </si>
   <si>
     <t>Emenda de bancada da aquisição de uma Retroescavadeira</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/612/029.pdf</t>
   </si>
   <si>
     <t>Faça contratação de empresa de rastreabilidade para frota veicular</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus</t>
+    <t>Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/613/030.pdf</t>
   </si>
   <si>
     <t>Caminhão de lixo</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva, Israel Aparecido Jesus, Jose Aparecido de Souza</t>
+    <t>Alessandra Valério, André Motorista, Israel, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/615/031.pdf</t>
   </si>
   <si>
     <t>seja realizado uma Praça ou área de convivência, com academia da saúde, parque infantil e bancos de ascento no terreno entre a Rua Alberto Kienen e Rua Antônio Alves dos Santos</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/616/32.pdf</t>
   </si>
   <si>
     <t>Sinalização de PARE na Avenida Campos Salles, proximo ao Hospital Municipal Santa Terezinha de Sabáudia</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/617/33.pdf</t>
   </si>
   <si>
     <t>que sejam feitas melhorias no Complexo Esportivo do Residencial Vibonatti</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>Aparecido Jose de Brito, Israel Aparecido Jesus</t>
+    <t>Aparecido Jose de Brito, Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/619/34.pdf</t>
   </si>
   <si>
     <t>Possibilidade de aumentar o repasse para a Associação dos Agentes Ambientais Catadores de Recicláveis</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>André Luiz da Silva</t>
+    <t>André Motorista</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/620/35.pdf</t>
   </si>
   <si>
     <t>Possibilidade de levar lanches custeado pelo municipio para o pessoal que se desloca de nossa cidade para outros municípios para fazer exames e tratamentos</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/621/36.pdf</t>
   </si>
   <si>
     <t>Faça abertura de uma rua na parte lateral do Conjunto Primavera ligando a rua das orquídeas, das Palmeiras e das Flores</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>37</t>
   </si>
@@ -639,168 +639,168 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/635/44.pdf</t>
   </si>
   <si>
     <t>Organização dos horários dos ônibus que transportam universitários para a cidade de Arapongas</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/636/45.pdf</t>
   </si>
   <si>
     <t>Melhorias na estrada da Vila Coelho sentido Molipark</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>Leila Regina Pavezzi, Israel Aparecido Jesus, Keliani de Aguiar Luz</t>
+    <t>Leila Regina Pavezzi, Israel, Keliani de Aguiar Luz</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/637/046.pdf</t>
   </si>
   <si>
     <t>fazer cadastramento de novos títulos eleiotorais e transferências de títulos dentro do Município de Sabáudia</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/638/047.pdf</t>
   </si>
   <si>
     <t>Que analise o levantamento feito pelo setor responsável pela Educação Especial do Municipio para que seja feita a aqusição, se possiveel, de medicamentos contínuis para alunos laudados</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/639/048.pdf</t>
   </si>
   <si>
     <t>Mais credibilidade aos veiculos para pacientes de oncologia</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/641/scan049.pdf</t>
   </si>
   <si>
     <t>Melhorias na Rua Arapongas</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>Leila Regina Pavezzi, Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel Aparecido Jesus, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
+    <t>Leila Regina Pavezzi, Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/642/050.pdf</t>
   </si>
   <si>
     <t>Estudada a possibilidade de aquisição de dois onibus para transporte escolar</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/643/indicacao_051_2023.pdf</t>
   </si>
   <si>
     <t>Segurança nas escolas e CMEIS</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/644/052.pdf</t>
   </si>
   <si>
     <t>Viabilizar instalação de câmeras de segurança na Rua Timóteo esquina com Rua Filipenses, no Conjunto Renascer II</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva, Israel Aparecido Jesus</t>
+    <t>Alessandra Valério, André Motorista, Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/645/053.pdf</t>
   </si>
   <si>
     <t>Realizar cobertura na entrada da escola Neida de Assis Brasileiro</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/646/054.pdf</t>
   </si>
   <si>
     <t>Aquisição de sofas para a Capela Mortuária</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Aparecido Jose de Brito, Leila Regina Pavezzi</t>
+    <t>Israel, Aparecido Jose de Brito, Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/649/055.pdf</t>
   </si>
   <si>
     <t>Organizar projetos de escolinhas de futebol e outras modalidades</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/650/056.pdf</t>
   </si>
   <si>
     <t>implantação de um viveiro</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>57</t>
   </si>
@@ -885,51 +885,51 @@
   <si>
     <t>Ampliação do monitoramento com câmeras de segurança</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>Mo</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/633/001.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Congresso Nacional, em face da iminente legalização do aborto por meio da ADPF</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>Jose Aparecido de Souza, Agnaldo Luciano Valderrama, Alessandra Valério, André Luiz da Silva, Aparecido Jose de Brito, Israel Aparecido Jesus, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
+    <t>Zezinho, Agnaldo Luciano Valderrama, Alessandra Valério, André Motorista, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/652/002.pdf</t>
   </si>
   <si>
     <t>Controle das espécies quie causam danos em nossa sociedade em especial aos agricultores que são conhecidos como Javalis</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/630/projeto_de_decreto_001.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadã Honorária a senhora Maria Benedita Masquete</t>
   </si>
   <si>
     <t>656</t>
   </si>
@@ -996,105 +996,105 @@
   <si>
     <t>657</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/657/projeto_de_resolucao_007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteação dos arts. 54,221,238,239,240 e paragrafos da Resolução nº 02/92 (Regimento Interno da Câmara)</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>Prepr</t>
   </si>
   <si>
     <t>Pré Projeto</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva</t>
+    <t>Alessandra Valério, André Motorista</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/583/01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o auxílio ao servidor que possui filho portador de necessidades especiais</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/587/02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da nova Lei do Conselho Municipal de Direitos da Pessoa com deficiencia - COMDEF/Sabáudia e do Fundo Municipal dos direitos da pessoa com deficiencia</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
+    <t>Israel, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/593/03.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário de eventos do Município o dia Municipal do Ciclista do Municipio de Sabáudia</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/594/04.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de implantação de bocas de lobo inteligente em novos loteamentos</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Israel Aparecido Jesus, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
+    <t>Agnaldo Luciano Valderrama, Israel, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/596/projeto_autismo_multa.doc</t>
   </si>
   <si>
     <t>Estabelece penalidades administrativas às condutas discrminitrativas ás condutas discriminatórias por pessoas físicas</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Agnaldo Luciano Valderrama, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
+    <t>Israel, Agnaldo Luciano Valderrama, Keliani de Aguiar Luz, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/597/06.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de um Centro de Referência e Atendimento especializado às pessoas com Sindromes, TEA e TDAH</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/600/07.pdf</t>
   </si>
   <si>
     <t>Criação do Programa Transporte Social</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/601/08.pdf</t>
   </si>
   <si>
     <t>Instalação de cameras de segurança de monitoramento de segurança nas escolas públicas municipais e cercanias.</t>
   </si>
@@ -1134,150 +1134,150 @@
   <si>
     <t>Requerer abertura de CPI com pedido de afastamento liminar</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/580/03.pdf</t>
   </si>
   <si>
     <t>Solicitar informações a respeito dos cumprimentos dos prazos, nas referidas Leis nos referidos artigos, do Plano DIretor do Município.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/582/04.pdf</t>
   </si>
   <si>
     <t>Requerer ao secretário municipal de industria, Comércio, Serviços Urbanos e meio Ambiente (seisuma), sobre programação e planejamento pafa execução dos serviços urbanos de extrema importânica para a comunidade.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Alessandra Valério, André Luiz da Silva, Aparecido Jose de Brito, Israel Aparecido Jesus, Jose Aparecido de Souza, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
+    <t>Agnaldo Luciano Valderrama, Alessandra Valério, André Motorista, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/598/muro_no_cmei_miquelina.docx</t>
   </si>
   <si>
     <t>Muro no Cmei Miquelina Gorzoni Manueira</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/608/06.pdf</t>
   </si>
   <si>
     <t>Solicitar resposta do requerimento nº 012/2022</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/609/07.pdf</t>
   </si>
   <si>
     <t>Solicitar resposta da Indicação nº 054/2022 e 070/2022</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Israel Aparecido Jesus, Leila Regina Pavezzi</t>
+    <t>Agnaldo Luciano Valderrama, Israel, Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/610/08.pdf</t>
   </si>
   <si>
     <t>Informações a respeito dos andamentos das melhorias na Quadra de Esporte do Conjunto Primavera</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/611/09.pdf</t>
   </si>
   <si>
     <t>Requerer informações sobre a entrega de escrituras aos moradores do Programa do Governo Federal morar Melhor, executado na gestão do ex prefeito Ilson Mendes</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/614/10.pdf</t>
   </si>
   <si>
     <t>Apoio a Promoção dos Direitos da Criança e do Adolescente, por meio do acesso a Produtos de Higiene Intima</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>Leila Regina Pavezzi, Jose Aparecido de Souza</t>
+    <t>Leila Regina Pavezzi, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/618/11.pdf</t>
   </si>
   <si>
     <t>correção do nome do Município de Sabáudia nos comprovantes de saques</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/624/12.pdf</t>
   </si>
   <si>
     <t>Informações sobre o funcionamento das Cameras de segurança instaladas em pontos estratégicos</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/625/13.pdf</t>
   </si>
   <si>
     <t>Informações sobre Processo Seletivo edital 001</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/628/14.pdf</t>
   </si>
   <si>
     <t>Requerer informações sobre o planejamento dos serviços, após novas contratações de funcionários da Secretaria Municipal de Industria, Comércio e Serviços Urbanos (SEISU)</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel Aparecido Jesus, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
+    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Leila Regina Pavezzi, Luis Donizeti de Melo</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/629/15.pdf</t>
   </si>
   <si>
     <t>Informações sobre o projeto de calçadas e travessias elevadas solicitadas pela indicação 063</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/640/017.pdf</t>
   </si>
   <si>
     <t>Solicitar informação sobre a piscina que se encontra no Centro do Idoso Ives Furlan</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/647/18.pdf</t>
   </si>
   <si>
     <t>Requerer informção sobre a aplicação da Portaria 2358</t>
   </si>
@@ -1636,51 +1636,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/561/01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/563/02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/564/03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/566/04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/567/05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/568/06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/569/07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/572/08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/573/09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/574/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/575/011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/576/12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/577/13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/578/14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/579/15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/584/16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/585/17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/588/18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/589/019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/590/20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/591/21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/592/22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/595/lixeira.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/599/24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/602/025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/603/026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/606/027.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/607/028.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/612/029.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/613/030.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/615/031.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/616/32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/617/33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/619/34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/620/35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/621/36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/622/37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/623/38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/626/39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/627/40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/631/041.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/632/42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/634/043.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/635/44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/636/45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/637/046.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/638/047.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/639/048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/641/scan049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/642/050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/643/indicacao_051_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/644/052.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/645/053.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/646/054.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/649/055.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/650/056.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/651/057.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/653/058.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/655/059.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/658/60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/659/061.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/660/062.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/661/063.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/633/001.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/652/002.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/630/projeto_de_decreto_001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/656/projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/562/05_relacao_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/581/projeto_006.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/586/07.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/604/08.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/605/09.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/657/projeto_de_resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/583/01.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/587/02.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/593/03.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/594/04.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/596/projeto_autismo_multa.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/597/06.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/600/07.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/601/08.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/654/09.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/565/01.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/571/02.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/580/03.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/582/04.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/598/muro_no_cmei_miquelina.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/608/06.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/609/07.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/610/08.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/611/09.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/614/10.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/618/11.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/624/12.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/625/13.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/628/14.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/629/15.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/640/017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/647/18.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2023/648/001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="183.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="152.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="101.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="235.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>