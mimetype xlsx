--- v0 (2025-11-17)
+++ v1 (2026-02-17)
@@ -138,90 +138,90 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/667/003.pdf</t>
   </si>
   <si>
     <t>Continuidade na colocação de nomes de ruas nos postes de iluminação</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/669/004.pdf</t>
   </si>
   <si>
     <t>Viabilizar a possibilidade de implantação de Transporte escolar noturno de acordo com a demanda existente</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>Alessandra Valério, André Luiz da Silva, Jose Aparecido de Souza</t>
+    <t>Alessandra Valério, André Motorista, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/670/005.pdf</t>
   </si>
   <si>
     <t>Reparos no ar condicionado da sala de espera do Pronto Atendimento Municipal Santa Terezinha de Sabáudia, e instalação de aparelhos de ar condicionado nas salas de espera de todas as UBS do municipio.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/671/006.pdf</t>
   </si>
   <si>
     <t>Sinalizar em frente todas as unidades básicas de saúde, vaga prioritária para idoso, deficiente e emergencia/ambulância</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/672/007.pdf</t>
   </si>
   <si>
     <t>Viabilizar instalação de redutores  de velociade, ou placas de trânsito ou outras alternativas regulamentadas para redução da velocidade nas Ruas Rodolfo M. Mendonça no Bairro Araucária e Rua Cafarnaum no Nairro Canaã 2.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>André Luiz da Silva</t>
+    <t>André Motorista</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/676/008.pdf</t>
   </si>
   <si>
     <t>Viabilize a instalação de ponto de ônibus no Jardim Eldorado, Canaã, Vibonatti e na rua Rui Barbsa</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/678/009.pdf</t>
   </si>
   <si>
     <t>Termino da mamutenção da estrada da escolinha em toda sua extensão</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>10</t>
   </si>
@@ -240,66 +240,66 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/685/011.pdf</t>
   </si>
   <si>
     <t>Viabilize atendimento com o médico pediatra e ginecologista nas Unidades de Saúde Tatiane Salavador e Antônio Valério</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/687/012.pdf</t>
   </si>
   <si>
     <t>Substituição de areia por grama sintética ou piso emborrachado em todos os parques infantis do nosso municipio</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>Jose Aparecido de Souza</t>
+    <t>Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/689/013.pdf</t>
   </si>
   <si>
     <t>Que seja feito melhorias am algumas ruas da cidade, como a Rua José Luiz de Souza, Rua Duque de Caxias, Rua Manoeria Garcia, Rua Manoel de Brito</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>Leila Regina Pavezzi, Israel Aparecido Jesus</t>
+    <t>Leila Regina Pavezzi, Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/693/014.pdf</t>
   </si>
   <si>
     <t>Estudo quanto ao desmembramento da secretaria de Educação, Esporte e Cultura</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/697/015.pdf</t>
   </si>
   <si>
     <t>Abertura da Rua Inglaterra</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>16</t>
   </si>
@@ -354,51 +354,51 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/707/020.pdf</t>
   </si>
   <si>
     <t>Que seja agilizada a questão de construção de uma fossa no Cmei Pequeno Polegaar e CMEI Profesora  Miquelina</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/708/021.pdf</t>
   </si>
   <si>
     <t>Faça fiscalização de todas as bocas de lobo no Jardim Paraiso</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus</t>
+    <t>Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_022_2024.pdf</t>
   </si>
   <si>
     <t>Construção de Canil</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/712/023.pdf</t>
   </si>
   <si>
     <t>Que dê continuidade na pista de caminhada do Posto Hermelinda Salvador até o Conjunto Eldorado</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>24</t>
   </si>
@@ -444,129 +444,129 @@
   <si>
     <t>Redutor de velocidade na Rua vereador Aquiles Ferro no Conjunto América Saboia</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Keliani de Aguiar Luz</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/721/indicacao_028-2024.pdf</t>
   </si>
   <si>
     <t>Implantação de /farmácia nas UBS</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>Leila Regina Pavezzi, Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel Aparecido Jesus, Keliani de Aguiar Luz</t>
+    <t>Leila Regina Pavezzi, Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/722/29.pdf</t>
   </si>
   <si>
     <t>que haja calçamento em frente às casas que ainda não tenham calçadas</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/723/30.pdf</t>
   </si>
   <si>
     <t>Feita iluminação de led na saida pra Astorga</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>Leila Regina Pavezzi, Agnaldo Luciano Valderrama, Alessandra Valério, André Luiz da Silva, Aparecido Jose de Brito, Israel Aparecido Jesus, Jose Aparecido de Souza, Keliani de Aguiar Luz</t>
+    <t>Leila Regina Pavezzi, Agnaldo Luciano Valderrama, Alessandra Valério, André Motorista, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/724/31.pdf</t>
   </si>
   <si>
     <t>Iluminação de led ma estrada Agua da Castanha</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/726/32.pdf</t>
   </si>
   <si>
     <t>Que seja feita a readequação nos espaços rodoviários</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/727/indicacao_33_2024.pdf</t>
   </si>
   <si>
     <t>Redutor de velocidade na rua Florianópolis</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/728/indicacao_034_de_2024.pdf</t>
   </si>
   <si>
     <t>Limpeza de um monte de terra que se encontra atras do Meu Campinho Marcos Benassi de Mello</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Keliani de Aguiar Luz, Leila Regina Pavezzi</t>
+    <t>Israel, Keliani de Aguiar Luz, Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/733/035.pdf</t>
   </si>
   <si>
     <t>Colocado ponto de ônibus com cobertita no Residencial Bela Vista</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/735/036.pdf</t>
   </si>
   <si>
     <t>Que seja feito reestruturação da equipe mulsitdisciplinar do centro Evoluir.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
@@ -606,63 +606,63 @@
   <si>
     <t>Dispõe sobre a revisão geral e anual para fins de recoposição da perda do seu poder aquisitivo dos servidores da Câmara Municipal de Sabáudia</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/664/003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Revisão Geral e Anual do prefeito, vereadores e secretários municipais de Sabáudias e dá outras providências</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_04.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de confiança de Diretor Geral no quadro de cargos e funções de confiança da Câmara Municipal de Sabáudia</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>Jose Aparecido de Souza, Alessandra Valério</t>
+    <t>Zezinho, Alessandra Valério</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/680/05.pdf</t>
   </si>
   <si>
     <t>Estabelece a obrigatoriedade da publicação das escalas de atendimento dos médicos pertecentes ao quadro dos servidres públicoidas da Municipalidade, ou por eles contratados</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel Aparecido Jesus, Keliani de Aguiar Luz, Leila Regina Pavezzi</t>
+    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel, Keliani de Aguiar Luz, Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/682/006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Semana da Orientação Profissional para Primeiro Emprego</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/683/07.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o aumento real dos vencimentos dos servidores efetivos da Câmara Municipal de Sabáudia</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/686/08.pdf</t>
   </si>
   <si>
     <t>Requeremos informação referente a aquisição, distribuição e controle das cestas básicas da Secretaria de Assistência Social do Municipio de Sabáudia</t>
   </si>
@@ -774,51 +774,51 @@
   <si>
     <t>Requerer informações sobre situação atual do Município de Sabáudia referente a dengue e covid-19.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/675/002.pdf</t>
   </si>
   <si>
     <t>Que disponibilize a relação de despesas com diárias referente a cada ano de 2021, 2022 e 2023 com funcionalismo público em geral</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/677/003.pdf</t>
   </si>
   <si>
     <t>Requerer informações sobre prestação de contas da Lei Municipal 672/2021 que Dispõe sobre a concessão de Auxílio Financeiro a Atletas e Equipes que representem o Município de Sabáudia</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Leila Regina Pavezzi</t>
+    <t>Israel, Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/688/004.pdf</t>
   </si>
   <si>
     <t>Requerer informações a respeito do requerimento 09/2023 que trata da Lei 10/2024 e também a Indicação 098/2021</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/690/05.pdf</t>
   </si>
   <si>
     <t>Requerer informações referente a aqusição, distribuição e controle das cestas básicas da Secretaria de Assistência Social no Municipio de Sabáudia</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/692/006.pdf</t>
   </si>
   <si>
     <t>Moção de apoio</t>
   </si>
@@ -831,51 +831,51 @@
   <si>
     <t>Informações a respeito do procedimento do atendimento do auxílio funeal às famílias</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/695/008.pdf</t>
   </si>
   <si>
     <t>requerer informações sobre as compras de materiais de construção realizadas pela prefeitura de Sabáudia</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/696/009.pdf</t>
   </si>
   <si>
     <t>Informações sobre o funcionamento das cameras de segurança, instaladas em pontos estratégicos</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel Aparecido Jesus, Leila Regina Pavezzi</t>
+    <t>Agnaldo Luciano Valderrama, Aparecido Jose de Brito, Israel, Leila Regina Pavezzi</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/699/010.pdf</t>
   </si>
   <si>
     <t>Fiscalize as construções de muros, alambrados nas margens das estradas rurais.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/700/011.pdf</t>
   </si>
   <si>
     <t>Relatório sobre frota de veiculos utiliazada pela prefeitura e secretarias</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/701/012.pdf</t>
   </si>
   <si>
     <t>Contrato de licitação firmado entre o municipio de Sabáudia e a empresa Camerite</t>
   </si>
@@ -1303,51 +1303,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/731/emenda_aditiva_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/717/supressiva_001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/665/001.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/666/002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/667/003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/669/004.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/670/005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/671/006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/672/007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/676/008.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/678/009.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/679/10.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/685/011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/687/012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/689/013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/693/014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/697/015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/698/016.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/704/017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/705/018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/706/019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/707/020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/708/021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_022_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/712/023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/713/024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/715/025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/716/026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/718/027.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/721/indicacao_028-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/722/29.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/723/30.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/724/31.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/726/32.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/727/indicacao_33_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/728/indicacao_034_de_2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/733/035.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/735/036.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/736/014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/662/001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/663/002.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/664/003.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/668/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/680/05.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/682/006.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/683/07.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/686/08.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/710/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/729/010.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/738/projeto_012-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/684/resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/691/resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/711/projeto_de_resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/737/projrto_013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/681/001.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/732/002_projeto_fanfarra_tia_maro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/673/001.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/675/002.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/677/003.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/688/004.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/690/05.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/692/006.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/694/007.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/695/008.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/696/009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/699/010.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/700/011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/701/012.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/702/013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/703/014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/714/16.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/719/017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/720/017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/725/requerimento_018_de_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/730/019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/734/020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2024/674/modificativa_001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="163.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="132.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="253.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>