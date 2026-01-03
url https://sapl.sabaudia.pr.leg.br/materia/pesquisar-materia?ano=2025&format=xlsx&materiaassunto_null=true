--- v0 (2025-11-17)
+++ v1 (2026-01-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1312" uniqueCount="672">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1352" uniqueCount="691">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1521,50 +1521,98 @@
   <si>
     <t>898</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/898/109.pdf</t>
   </si>
   <si>
     <t>Que seja feito uma nogociação/permuta/compra com os proprietários dos dois terrenos que dá no fim da rua Manoeira Garcia</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/901/110_ampliancao_garagem.docx</t>
   </si>
   <si>
     <t>Amplie a cobertura da garagem Donizete Messias dos Santos</t>
   </si>
   <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/905/111.pdf</t>
+  </si>
+  <si>
+    <t>Transformar a Escola Domoacir Coelho em Colégio Civico Militar</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/906/112.pdf</t>
+  </si>
+  <si>
+    <t>Após Sanção do projeto de Lei 092 que seja realizada a cessão de uso do Complexo esportivo  do Conjunto Canaã</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/907/113.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei ara desmembramento e a regularização dos terrenos antigos</t>
+  </si>
+  <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/908/114.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica do Jardim Ana elisa</t>
+  </si>
+  <si>
     <t>839</t>
   </si>
   <si>
     <t>Mo</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/839/mocao_001.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio as Apaes</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>André Luiz da Silva, Alex Hernandes Valentin, Cidinei Pereira de Oliveira, Denis Ricardo Manoeira, Israel Aparecido Jesus, Jose Aparecido de Souza, Paulo Sérgio Gusson, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/852/02_expotecnica.doc</t>
   </si>
   <si>
     <t>Moção de Aplausos a Emater e ao senhor Claudo D'Agostini</t>
@@ -1840,50 +1888,59 @@
     <t>865</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/865/06.pdf</t>
   </si>
   <si>
     <t>Institui o programa Municipal de oficinas culturais de Sabáudia</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/902/pre_-_projeto_de_lei_n_007-2025_-_votacao_para_diretores_e_vice-diretores_das_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a democatização da gestão escolar no âmbito da rede municipa de ensino, alterando a forma de eleição para diretores, vice-dirtorees das escolas municipais</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/903/pre_-_projeto_de_lei_n_008-2025_-_denominacao_de_nome_felismino_do_novo_cras_2.docx</t>
   </si>
   <si>
     <t>Deniminação do novo Cras aprovado na Lei 953/2025 de Felismino Cavalari Mendonça</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/904/009.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do calendário oficial de eventos turisticos e culturais do Município de Sabáudia</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/753/01.pdf</t>
   </si>
   <si>
     <t>Informaçãoes quanto a dengue no ano de 2024</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/769/02.pdf</t>
   </si>
   <si>
     <t>Informações sobre salários dos tecnicos de enfermagem, enefermeiros</t>
   </si>
@@ -2373,56 +2430,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/797/emenda_supressiva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/803/supressiva_001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/742/01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/743/02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/744/03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/745/04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/746/05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/747/06.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/748/07.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/750/08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/751/09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/755/010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/756/011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/757/012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/758/013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/759/014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/760/015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/761/016.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/762/017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/763/018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/764/019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/766/020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/767/021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/768/022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/771/023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/772/024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/773/025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/774/026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/775/027.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/776/28.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/777/029.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/778/030.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/779/031.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/780/032.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/783/33.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/784/34.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/785/35.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/786/36.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/787/37.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/788/38.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/789/039.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/790/040.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/791/041.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/792/42_acessibilidade_nor_orgaos_pulicos.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/793/043.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/794/044.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/798/45.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/799/46.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/800/047.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/801/48.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/802/49.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/804/050.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/805/051.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/806/052.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/807/placa_centro_comunitario.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/811/54.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/812/55_perfuracao_de_caixa_dgua.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/814/56.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/815/57.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/819/58.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/820/59.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/821/060indicacao_academia.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/826/61.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/827/62.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/828/062_piso_serventes.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/829/064_troca_de_postes.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/830/065_melhorias_rua_rgemiro_salvador.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/831/066_remanejamento_para_marcar_consulta.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/832/067.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/833/68.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/834/69.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/835/70.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/837/71.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/840/72.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/841/73.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/842/74.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/843/75.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/844/76.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/845/77.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/846/78.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/847/79.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/849/80.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/850/81.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/858/82.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/861/83.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/863/84.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/864/85.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_086_-_coleta_de_lixo_no_pau_d_alho.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/868/087_indicacao_cameras_no_estadido_municipal.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/871/088.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/872/089.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/875/90.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/877/91.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/878/92.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_093_-_iluminacao_publica_na_estrada_valdir_ribeiro.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_094_-_iluminacao_publica_em_frente_a_escola_neida_de_assis_brasileiro.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/882/95.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/883/96.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/885/97.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/886/98.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/887/99.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/888/100.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/889/101.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/890/102.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/891/103.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/892/104.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/893/105.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/894/106.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/895/107.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/896/108.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/898/109.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/901/110_ampliancao_garagem.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/839/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/852/02_expotecnica.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/855/03.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/859/04_luiz_otonio_defesa_civil.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/899/mocao_de_repudio_-_apae.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_decreto_02.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/876/titulo_de_cidada_honorario_sebastiao.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/897/proj_de_decreto_04_padre.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/739/001-_recomposicao_salarial.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/740/002__auxilio_alimentacao.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/741/003_recomposicao-salarial_prefeito.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/795/projeto_de_lei_conducao_animais.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_006_.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/818/001.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/822/007.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/824/008.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/856/09_orientacao_de_fraudes_a_idosos.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/860/010.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_013.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/848/resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/873/resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/749/01.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/765/02.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/810/03.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/838/004_dia_do_ciclismo.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/857/04.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/865/06.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/902/pre_-_projeto_de_lei_n_007-2025_-_votacao_para_diretores_e_vice-diretores_das_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/903/pre_-_projeto_de_lei_n_008-2025_-_denominacao_de_nome_felismino_do_novo_cras_2.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/753/01.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/769/02.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/770/03.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/782/04.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/813/05.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/816/06.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/817/07.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/823/08.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/825/09_insalubridade.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/836/09.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/851/011.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/869/013.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/870/013.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/884/014.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/900/15_barraca_festa_crianca.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/796/modificativa_001.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/853/modificativa_002.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/874/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_modificativa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/797/emenda_supressiva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/803/supressiva_001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/742/01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/743/02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/744/03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/745/04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/746/05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/747/06.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/748/07.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/750/08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/751/09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/755/010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/756/011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/757/012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/758/013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/759/014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/760/015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/761/016.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/762/017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/763/018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/764/019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/766/020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/767/021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/768/022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/771/023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/772/024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/773/025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/774/026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/775/027.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/776/28.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/777/029.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/778/030.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/779/031.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/780/032.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/783/33.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/784/34.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/785/35.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/786/36.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/787/37.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/788/38.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/789/039.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/790/040.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/791/041.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/792/42_acessibilidade_nor_orgaos_pulicos.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/793/043.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/794/044.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/798/45.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/799/46.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/800/047.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/801/48.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/802/49.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/804/050.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/805/051.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/806/052.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/807/placa_centro_comunitario.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/811/54.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/812/55_perfuracao_de_caixa_dgua.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/814/56.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/815/57.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/819/58.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/820/59.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/821/060indicacao_academia.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/826/61.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/827/62.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/828/062_piso_serventes.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/829/064_troca_de_postes.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/830/065_melhorias_rua_rgemiro_salvador.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/831/066_remanejamento_para_marcar_consulta.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/832/067.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/833/68.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/834/69.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/835/70.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/837/71.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/840/72.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/841/73.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/842/74.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/843/75.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/844/76.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/845/77.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/846/78.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/847/79.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/849/80.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/850/81.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/858/82.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/861/83.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/863/84.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/864/85.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_086_-_coleta_de_lixo_no_pau_d_alho.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/868/087_indicacao_cameras_no_estadido_municipal.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/871/088.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/872/089.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/875/90.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/877/91.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/878/92.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_093_-_iluminacao_publica_na_estrada_valdir_ribeiro.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_094_-_iluminacao_publica_em_frente_a_escola_neida_de_assis_brasileiro.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/882/95.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/883/96.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/885/97.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/886/98.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/887/99.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/888/100.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/889/101.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/890/102.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/891/103.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/892/104.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/893/105.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/894/106.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/895/107.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/896/108.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/898/109.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/901/110_ampliancao_garagem.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/905/111.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/906/112.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/907/113.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/908/114.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/839/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/852/02_expotecnica.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/855/03.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/859/04_luiz_otonio_defesa_civil.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/899/mocao_de_repudio_-_apae.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_decreto_02.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/876/titulo_de_cidada_honorario_sebastiao.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/897/proj_de_decreto_04_padre.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/739/001-_recomposicao_salarial.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/740/002__auxilio_alimentacao.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/741/003_recomposicao-salarial_prefeito.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/795/projeto_de_lei_conducao_animais.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_006_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/818/001.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/822/007.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/824/008.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/856/09_orientacao_de_fraudes_a_idosos.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/860/010.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_013.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/848/resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/873/resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/749/01.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/765/02.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/810/03.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/838/004_dia_do_ciclismo.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/857/04.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/865/06.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/902/pre_-_projeto_de_lei_n_007-2025_-_votacao_para_diretores_e_vice-diretores_das_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/903/pre_-_projeto_de_lei_n_008-2025_-_denominacao_de_nome_felismino_do_novo_cras_2.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/904/009.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/753/01.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/769/02.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/770/03.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/782/04.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/813/05.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/816/06.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/817/07.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/823/08.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/825/09_insalubridade.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/836/09.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/851/011.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/869/013.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/870/013.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/884/014.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/900/15_barraca_festa_crianca.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/796/modificativa_001.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/853/modificativa_002.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/874/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_modificativa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H164"/>
+  <dimension ref="A1:H169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="191.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="192.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -5340,1366 +5397,1496 @@
       </c>
       <c r="D113" t="s">
         <v>21</v>
       </c>
       <c r="E113" t="s">
         <v>22</v>
       </c>
       <c r="F113" t="s">
         <v>299</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>501</v>
       </c>
       <c r="H113" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>503</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>10</v>
+        <v>504</v>
       </c>
       <c r="D114" t="s">
-        <v>504</v>
+        <v>21</v>
       </c>
       <c r="E114" t="s">
-        <v>505</v>
+        <v>22</v>
       </c>
       <c r="F114" t="s">
         <v>475</v>
       </c>
       <c r="G114" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H114" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>507</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
         <v>508</v>
       </c>
-      <c r="B115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D115" t="s">
-        <v>504</v>
+        <v>21</v>
       </c>
       <c r="E115" t="s">
-        <v>505</v>
+        <v>22</v>
       </c>
       <c r="F115" t="s">
+        <v>475</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>511</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
         <v>512</v>
       </c>
-      <c r="B116" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D116" t="s">
-        <v>504</v>
+        <v>21</v>
       </c>
       <c r="E116" t="s">
-        <v>505</v>
+        <v>22</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>475</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>513</v>
       </c>
       <c r="H116" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>515</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>34</v>
+        <v>516</v>
       </c>
       <c r="D117" t="s">
-        <v>504</v>
+        <v>21</v>
       </c>
       <c r="E117" t="s">
-        <v>505</v>
+        <v>22</v>
       </c>
       <c r="F117" t="s">
-        <v>174</v>
+        <v>475</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H117" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>504</v>
+        <v>520</v>
       </c>
       <c r="E118" t="s">
-        <v>505</v>
+        <v>521</v>
       </c>
       <c r="F118" t="s">
         <v>475</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="H118" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>524</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>17</v>
+      </c>
+      <c r="D119" t="s">
+        <v>520</v>
+      </c>
+      <c r="E119" t="s">
         <v>521</v>
       </c>
-      <c r="B119" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>525</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="H119" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D120" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="E120" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="F120" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="H120" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D121" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="E121" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="F121" t="s">
-        <v>47</v>
+        <v>174</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="H121" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D122" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="E122" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="F122" t="s">
-        <v>23</v>
+        <v>475</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="H122" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>10</v>
       </c>
       <c r="D123" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E123" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F123" t="s">
-        <v>475</v>
+        <v>13</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="H123" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>17</v>
       </c>
       <c r="D124" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E124" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F124" t="s">
-        <v>475</v>
+        <v>47</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="H124" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>30</v>
       </c>
       <c r="D125" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E125" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F125" t="s">
-        <v>475</v>
+        <v>47</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="H125" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>34</v>
       </c>
       <c r="D126" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E126" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F126" t="s">
-        <v>200</v>
+        <v>23</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H126" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D127" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="E127" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="F127" t="s">
-        <v>47</v>
+        <v>475</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="H127" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>556</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>17</v>
+      </c>
+      <c r="D128" t="s">
         <v>552</v>
       </c>
-      <c r="B128" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E128" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="F128" t="s">
         <v>475</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="H128" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D129" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="E129" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>475</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="H129" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="D130" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="E130" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="F130" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="H130" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="D131" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="E131" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="F131" t="s">
-        <v>475</v>
+        <v>47</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="H131" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="D132" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="E132" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>475</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="H132" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="D133" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="E133" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="F133" t="s">
-        <v>475</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="H133" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="D134" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="E134" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="F134" t="s">
-        <v>475</v>
+        <v>174</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="H134" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>74</v>
+        <v>56</v>
       </c>
       <c r="D135" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="E135" t="s">
-        <v>537</v>
+        <v>553</v>
       </c>
       <c r="F135" t="s">
-        <v>23</v>
+        <v>475</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="H135" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D136" t="s">
-        <v>577</v>
+        <v>552</v>
       </c>
       <c r="E136" t="s">
-        <v>578</v>
+        <v>553</v>
       </c>
       <c r="F136" t="s">
-        <v>475</v>
+        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="H136" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="D137" t="s">
-        <v>577</v>
+        <v>552</v>
       </c>
       <c r="E137" t="s">
-        <v>578</v>
+        <v>553</v>
       </c>
       <c r="F137" t="s">
         <v>475</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="H137" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="D138" t="s">
-        <v>585</v>
+        <v>552</v>
       </c>
       <c r="E138" t="s">
-        <v>586</v>
+        <v>553</v>
       </c>
       <c r="F138" t="s">
-        <v>299</v>
+        <v>475</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>587</v>
       </c>
       <c r="H138" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>589</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="D139" t="s">
-        <v>585</v>
+        <v>552</v>
       </c>
       <c r="E139" t="s">
-        <v>586</v>
+        <v>553</v>
       </c>
       <c r="F139" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>590</v>
       </c>
       <c r="H139" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>592</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D140" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="E140" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="F140" t="s">
-        <v>47</v>
+        <v>475</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="H140" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D141" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="E141" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="F141" t="s">
-        <v>299</v>
+        <v>475</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="H141" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D142" t="s">
-        <v>585</v>
+        <v>601</v>
       </c>
       <c r="E142" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="F142" t="s">
-        <v>23</v>
+        <v>299</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="H142" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>605</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>17</v>
+      </c>
+      <c r="D143" t="s">
         <v>601</v>
       </c>
-      <c r="B143" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E143" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="H143" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D144" t="s">
-        <v>585</v>
+        <v>601</v>
       </c>
       <c r="E144" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="F144" t="s">
-        <v>475</v>
+        <v>47</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="H144" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="D145" t="s">
-        <v>585</v>
+        <v>601</v>
       </c>
       <c r="E145" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="F145" t="s">
-        <v>23</v>
+        <v>299</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="H145" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="D146" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="E146" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="F146" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="H146" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="D147" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="E147" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="F147" t="s">
-        <v>174</v>
+        <v>13</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="H147" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="D148" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="E148" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="F148" t="s">
-        <v>174</v>
+        <v>475</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="H148" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="D149" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="E149" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="F149" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="H149" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="D150" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="E150" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="F150" t="s">
-        <v>625</v>
+        <v>475</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="H150" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="D151" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="E151" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="F151" t="s">
-        <v>267</v>
+        <v>52</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="H151" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>634</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>17</v>
+      </c>
+      <c r="D152" t="s">
+        <v>630</v>
+      </c>
+      <c r="E152" t="s">
         <v>631</v>
       </c>
-      <c r="B152" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F152" t="s">
-        <v>23</v>
+        <v>174</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="H152" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="D153" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="E153" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="F153" t="s">
-        <v>312</v>
+        <v>174</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="H153" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D154" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="E154" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="F154" t="s">
-        <v>456</v>
+        <v>66</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="H154" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="D155" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="E155" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="F155" t="s">
-        <v>289</v>
+        <v>644</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="H155" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="D156" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="E156" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="F156" t="s">
-        <v>245</v>
+        <v>267</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="H156" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="D157" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="E157" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="F157" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="H157" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="D158" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="E158" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="F158" t="s">
-        <v>47</v>
+        <v>312</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="H158" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="D159" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="E159" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="F159" t="s">
-        <v>47</v>
+        <v>456</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="H159" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="D160" t="s">
-        <v>611</v>
+        <v>630</v>
       </c>
       <c r="E160" t="s">
-        <v>612</v>
+        <v>631</v>
       </c>
       <c r="F160" t="s">
-        <v>75</v>
+        <v>289</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="H160" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="D161" t="s">
-        <v>659</v>
+        <v>630</v>
       </c>
       <c r="E161" t="s">
-        <v>660</v>
+        <v>631</v>
       </c>
       <c r="F161" t="s">
-        <v>23</v>
+        <v>245</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="H161" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="D162" t="s">
-        <v>659</v>
+        <v>630</v>
       </c>
       <c r="E162" t="s">
-        <v>660</v>
+        <v>631</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="H162" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="D163" t="s">
-        <v>659</v>
+        <v>630</v>
       </c>
       <c r="E163" t="s">
-        <v>660</v>
+        <v>631</v>
       </c>
       <c r="F163" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="H163" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
+        <v>79</v>
+      </c>
+      <c r="D164" t="s">
+        <v>630</v>
+      </c>
+      <c r="E164" t="s">
+        <v>631</v>
+      </c>
+      <c r="F164" t="s">
+        <v>47</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H164" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>674</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>83</v>
+      </c>
+      <c r="D165" t="s">
+        <v>630</v>
+      </c>
+      <c r="E165" t="s">
+        <v>631</v>
+      </c>
+      <c r="F165" t="s">
+        <v>75</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H165" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>677</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>10</v>
+      </c>
+      <c r="D166" t="s">
+        <v>678</v>
+      </c>
+      <c r="E166" t="s">
+        <v>679</v>
+      </c>
+      <c r="F166" t="s">
+        <v>23</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H166" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>682</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>17</v>
+      </c>
+      <c r="D167" t="s">
+        <v>678</v>
+      </c>
+      <c r="E167" t="s">
+        <v>679</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H167" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>685</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>30</v>
+      </c>
+      <c r="D168" t="s">
+        <v>678</v>
+      </c>
+      <c r="E168" t="s">
+        <v>679</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H168" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>688</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
         <v>34</v>
       </c>
-      <c r="D164" t="s">
-[...5 lines deleted...]
-      <c r="F164" t="s">
+      <c r="D169" t="s">
+        <v>678</v>
+      </c>
+      <c r="E169" t="s">
+        <v>679</v>
+      </c>
+      <c r="F169" t="s">
         <v>475</v>
       </c>
-      <c r="G164" s="1" t="s">
-[...3 lines deleted...]
-        <v>671</v>
+      <c r="G169" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H169" t="s">
+        <v>690</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6823,50 +7010,55 @@
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>