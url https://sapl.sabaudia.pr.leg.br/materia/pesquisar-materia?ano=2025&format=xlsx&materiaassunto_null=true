--- v1 (2026-01-03)
+++ v2 (2026-02-17)
@@ -10,122 +10,122 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1352" uniqueCount="691">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1352" uniqueCount="692">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>Alex Hernandes Valentin</t>
+    <t>Professor Alex</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/797/emenda_supressiva.pdf</t>
   </si>
   <si>
     <t>Altera o §3º do artigo 29 ao projeto de Lei 012</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/803/supressiva_001.pdf</t>
   </si>
   <si>
     <t>Suprime o art. 3º e 4º do projeto de Lei 017</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>Ind</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Jose Aparecido de Souza</t>
+    <t>Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/742/01.pdf</t>
   </si>
   <si>
     <t>Cobertura na lateral do hospital Santa Terezinha para estacionamento dos veiculos</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/743/02.pdf</t>
   </si>
   <si>
     <t>Pavimentação da Avenida Arvelino Durante  entre o posto Mendonça e a Cocamar</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/744/03.pdf</t>
   </si>
@@ -153,174 +153,174 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/746/05.pdf</t>
   </si>
   <si>
     <t>Encaminhar as medidas totais de terras induistrializadas pelo parque Industrial</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/747/06.pdf</t>
   </si>
   <si>
     <t>Nomear a estrada do Belançon como Nair Bianchini Belançon</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus</t>
+    <t>Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/748/07.pdf</t>
   </si>
   <si>
     <t>Encaminhe a secretaria de educação necessidade de organizar projetos de escolinhas de futebol</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>Cidinei Pereira de Oliveira</t>
+    <t>Cidinei Pedreiro</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/750/08.pdf</t>
   </si>
   <si>
     <t>que seja demarcada mão única</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Cidinei Pereira de Oliveira, Israel Aparecido Jesus</t>
+    <t>Cidinei Pedreiro, Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/751/09.pdf</t>
   </si>
   <si>
     <t>Que faça mais duas salas de aula na Escola Neida</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/755/010.pdf</t>
   </si>
   <si>
     <t>Continuidade na pista de caminhada do posto hermelinda Salvador</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Cidinei Pereira de Oliveira</t>
+    <t>Israel, Cidinei Pedreiro</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/756/011.pdf</t>
   </si>
   <si>
     <t>Que seja feita iluminação de led na sáida para Astorga</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/757/012.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a pintura de sinalização da via pública, bem como a instalação de placa indicativa de estacionamento com permanência nos termos legais, para a empresa PHARMAHOME Drogaria</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>Paulo Sérgio Gusson</t>
+    <t>Paulo Sérgio</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/758/013.pdf</t>
   </si>
   <si>
     <t>Conclua a pintura e sinalização da estrada rural Valdir Ribeiro</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/759/014.pdf</t>
   </si>
   <si>
     <t>Cosntrução de uma marginal no lado direito da PR 218, iniciando na estrada Valdir Ribeiro até o limite di município, sentido Arapongas</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/760/015.pdf</t>
   </si>
   <si>
     <t>Estacionamento mão unica da Avenida Campos Salles entre o Psoto Maria Rita até a Rua Rodolfo Mendonça</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Denis Ricardo Manoeira</t>
+    <t>André Motorista, Ricardinho Manoeira</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/761/016.pdf</t>
   </si>
   <si>
     <t>Compra de um terreno no conjuto Primavera  para abertura de rua</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/762/017.pdf</t>
   </si>
   <si>
     <t>Doação de um terreno constante no Jardim Primavera aos fundos da caria da rua das Orquideas</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>18</t>
   </si>
@@ -399,186 +399,189 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/772/024.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR KITS DE HIGIENE  o centro de Eventos</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/773/025.pdf</t>
   </si>
   <si>
     <t>Viabilidade de uma possivel construção de lombada redutor na Rua Euclides Prado</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>Alex Hernandes Valentin, Paulo Sérgio Gusson</t>
+    <t>Paulo Sérgio, Professor Alex</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/774/026.pdf</t>
   </si>
   <si>
     <t>Implementação de oficias extracurriculares no CMei Pequeno Polegar</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
+    <t>Professor Alex, Paulo Sérgio</t>
+  </si>
+  <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/775/027.pdf</t>
   </si>
   <si>
     <t>Construção de mais duas salas de aula no Cmei Pequeno Polegar</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/776/28.pdf</t>
   </si>
   <si>
     <t>retierada dos outdoors instalados na saída das vilas</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>Denis Ricardo Manoeira, Rodrigo Fernando Trava</t>
+    <t>Ricardinho Manoeira, Rodrigo Trava Paraguai</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/777/029.pdf</t>
   </si>
   <si>
     <t>Realize estacionamento no Colegio estadual Sabáudia na parte de trás do colegio</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>Denis Ricardo Manoeira, André Luiz da Silva, Rodrigo Fernando Trava</t>
+    <t>Ricardinho Manoeira, André Motorista, Rodrigo Trava Paraguai</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/778/030.pdf</t>
   </si>
   <si>
     <t>Realize trabalho na localidade do KM 21 oara vila Vitória e Vitória para que seja feitas as bacias de contenções para o escoamento de água da chuva.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>Denis Ricardo Manoeira, André Luiz da Silva</t>
+    <t>Ricardinho Manoeira, André Motorista</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/779/031.pdf</t>
   </si>
   <si>
     <t>Viabilize um projeto de preservação em nosso fundo de vale</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/780/032.pdf</t>
   </si>
   <si>
     <t>Melhorias e reforma na quadra esportiva ao lado da Unidade de Sáude Hermelinda Salvador</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/783/33.pdf</t>
   </si>
   <si>
     <t>Parceria com a Sanepar ou projeto ao governo do estado para distribuição de kits de caixa de água</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/784/34.pdf</t>
   </si>
   <si>
     <t>Sistema de som pra capela mortuária</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>Wesley Roberto Xandu, Cidinei Pereira de Oliveira, Israel Aparecido Jesus</t>
+    <t>Xandu, Cidinei Pedreiro, Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/785/35.pdf</t>
   </si>
   <si>
     <t>Manutenções e melhorias nas quadras de areia</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>Wesley Roberto Xandu</t>
+    <t>Xandu</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/786/36.pdf</t>
   </si>
   <si>
     <t>Pavimentação e iluminaçãopública da Rua Ipe Branco</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/787/37.pdf</t>
   </si>
   <si>
     <t>Duas faixas de pedestres elevadas na Rua Sao Paulo entre o Colégio Sabaudia e a escola Neida e outra na rua Tiradentes</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>38</t>
   </si>
@@ -597,441 +600,441 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/789/039.pdf</t>
   </si>
   <si>
     <t>Estude a viabilidade para as edificçãoes e melhorias na escola Domoacir Coelho</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/790/040.pdf</t>
   </si>
   <si>
     <t>Verifique estrutural de poste de iluminação pública na rua Judéia</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>Alex Hernandes Valentin, Israel Aparecido Jesus, Paulo Sérgio Gusson</t>
+    <t>Professor Alex, Israel, Paulo Sérgio</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/791/041.pdf</t>
   </si>
   <si>
     <t>Construção de um posto de saúde no Distrito bom Progresso</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>Rodrigo Fernando Trava</t>
+    <t>Rodrigo Trava Paraguai</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/792/42_acessibilidade_nor_orgaos_pulicos.docx</t>
   </si>
   <si>
     <t>Realização de visita técnica nos estabelecimentos do Poder Público para verificar a necessidade de adaptações de acessibilidade e adequação</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>Wesley Roberto Xandu, Cidinei Pereira de Oliveira</t>
+    <t>Xandu, Cidinei Pedreiro</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/793/043.pdf</t>
   </si>
   <si>
     <t>Iluminação Pública na Rua Genova no conjunto Vibonati</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/794/044.pdf</t>
   </si>
   <si>
     <t>Solicita sinalização e redutoresd de velocidade no parque Industrial na Avenida Arvelino Durante</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>Cidinei Pereira de Oliveira, André Luiz da Silva, Jose Aparecido de Souza</t>
+    <t>Cidinei Pedreiro, André Motorista, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/798/45.pdf</t>
   </si>
   <si>
     <t>Realizado pintura no chão e colocar placa de PARE No residencial Catedra I e II</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>Cidinei Pereira de Oliveira, André Luiz da Silva, Denis Ricardo Manoeira</t>
+    <t>Cidinei Pedreiro, André Motorista, Ricardinho Manoeira</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/799/46.pdf</t>
   </si>
   <si>
     <t>Viabilize pavimentação a rua Elevir Fernandes de Carvalho</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/800/047.pdf</t>
   </si>
   <si>
     <t>Manutenção na rua sem saida na rua Argemiro Salvador em frente a saída a Rua Argemiro</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/801/48.pdf</t>
   </si>
   <si>
     <t>Construção de alguns redutores de velocidade naa Rua São lucas e Nelson Schiavo</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/802/49.pdf</t>
   </si>
   <si>
     <t>Placa indicativa ATENÇÃO MÁQUINAS AGRICOLAS Na estrada Valdir Ribeiro</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Denis Ricardo Manoeira, Israel Aparecido Jesus, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>André Motorista, Israel, Ricardinho Manoeira, Rodrigo Trava Paraguai, Xandu</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/804/050.pdf</t>
   </si>
   <si>
     <t>providencie o andamento necessário da ligação da rua Alberto Kinene com a rua Vereador Antonio Alves dos Santos</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/805/051.pdf</t>
   </si>
   <si>
     <t>Reforme os vestiários e os banheiros do complexo esportivo</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Denis Ricardo Manoeira, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>André Motorista, Ricardinho Manoeira, Rodrigo Trava Paraguai, Xandu</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/806/052.pdf</t>
   </si>
   <si>
     <t>Para que faça instalação da iluminação no estádio João Hespanhol</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/807/placa_centro_comunitario.doc</t>
   </si>
   <si>
     <t>Reparo da placa indicativa do Centro Comunitário Anderson Aparecido de Souza “Andinho”, localizada na Rua Euclides Prado, no Conjunto Américo Saboia.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/811/54.pdf</t>
   </si>
   <si>
     <t>Denomine no Centro Comunitário do Conjunto Canaã como Nelson Ananias Pinto</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/812/55_perfuracao_de_caixa_dgua.docx</t>
   </si>
   <si>
     <t>Perfuração de poço artesiano e construção de caixa de agua</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>Cidinei Pereira de Oliveira, Alex Hernandes Valentin, Israel Aparecido Jesus, Paulo Sérgio Gusson</t>
+    <t>Cidinei Pedreiro, Israel, Paulo Sérgio, Professor Alex</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/814/56.pdf</t>
   </si>
   <si>
     <t>Compra de um caminhão com cesto aéreo</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>Jose Aparecido de Souza, André Luiz da Silva, Denis Ricardo Manoeira, Rodrigo Fernando Trava</t>
+    <t>Zezinho, André Motorista, Ricardinho Manoeira, Rodrigo Trava Paraguai</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/815/57.pdf</t>
   </si>
   <si>
     <t>Possibilidade de estudo nos locais de nossa cidade ains estao os trailer instalados</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/819/58.pdf</t>
   </si>
   <si>
     <t>Contratação de um vigilante noturno para atuar no Pronto Atendimento Municipal</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/820/59.pdf</t>
   </si>
   <si>
     <t>Providenciada a instalação de um ponto de ônibus no residencial Eldorado</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/821/060indicacao_academia.docx</t>
   </si>
   <si>
     <t>Convênio com academia de ginástica</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Denis Ricardo Manoeira, Wesley Roberto Xandu</t>
+    <t>André Motorista, Ricardinho Manoeira, Xandu</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/826/61.pdf</t>
   </si>
   <si>
     <t>Colocação de redutores de velocidade</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Cidinei Pereira de Oliveira, Denis Ricardo Manoeira, Israel Aparecido Jesus, Jose Aparecido de Souza, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>André Motorista, Cidinei Pedreiro, Israel, Ricardinho Manoeira, Rodrigo Trava Paraguai, Xandu, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/827/62.pdf</t>
   </si>
   <si>
     <t>Contratação de um parque de diversão gratuito para as crianças</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Cidinei Pereira de Oliveira, Denis Ricardo Manoeira, Jose Aparecido de Souza, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>André Motorista, Cidinei Pedreiro, Ricardinho Manoeira, Rodrigo Trava Paraguai, Xandu, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/828/062_piso_serventes.docx</t>
   </si>
   <si>
     <t>Seja estudada a possibilidade de conceder um reajuste no piso salarial da classe dos serventes gerais</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Cidinei Pereira de Oliveira, Paulo Sérgio Gusson</t>
+    <t>Israel, Cidinei Pedreiro, Paulo Sérgio</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/829/064_troca_de_postes.doc</t>
   </si>
   <si>
     <t>Troca de 3 postes com pintura na pista de caminhada e na malha aviária na Avenida Campos Sales, juntos com a avenida Jácomo Valério</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/830/065_melhorias_rua_rgemiro_salvador.doc</t>
   </si>
   <si>
     <t>Melhorias na Rua Argemiro Salvador</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/831/066_remanejamento_para_marcar_consulta.doc</t>
   </si>
   <si>
     <t>remanejamento dos agendamentos para consultas especializadas</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Alex Hernandes Valentin, Paulo Sérgio Gusson</t>
+    <t>Israel, Paulo Sérgio, Professor Alex</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/832/067.doc</t>
   </si>
   <si>
     <t>Solicitar o Micro Revestimento da Estrada Municipal Valdir Ribeiro, da BR 218 até a estrada da ponte seca dando 7 km.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/833/68.pdf</t>
   </si>
   <si>
     <t>Pavimentação  asfáltica na Marginal Arvelino Durante</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/834/69.pdf</t>
   </si>
   <si>
     <t>Contratação de mais uma profissional fonoaudiologa</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Denis Ricardo Manoeira, Jose Aparecido de Souza, Rodrigo Fernando Trava</t>
+    <t>André Motorista, Ricardinho Manoeira, Rodrigo Trava Paraguai, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/835/70.pdf</t>
   </si>
   <si>
     <t>Cascalhamento complementar da estrada Alfredo Trevisoli</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/837/71.pdf</t>
   </si>
   <si>
     <t>Projeto de implantação de um viveiro</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>72</t>
   </si>
@@ -1050,102 +1053,102 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/841/73.pdf</t>
   </si>
   <si>
     <t>Solicitando um caminhão para a coleta seletiva</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/842/74.pdf</t>
   </si>
   <si>
     <t>Solicitar trocas de pisos e portas da capela mortuária</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Denis Ricardo Manoeira, Rodrigo Fernando Trava</t>
+    <t>André Motorista, Ricardinho Manoeira, Rodrigo Trava Paraguai</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/843/75.pdf</t>
   </si>
   <si>
     <t>Paviementaçção asfáltica com implantação de galeria pluvial na via marginal localizada ao lado das indústrias</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/844/76.pdf</t>
   </si>
   <si>
     <t>Continuidade do projeto de construção de calçadas com oaver, iniciando oelo bairro América Sabóia e avançando dos bairros mais antigos até os mais novos municipio</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/845/77.pdf</t>
   </si>
   <si>
     <t>Aplicação de massa asfáltica sobre o calçamento com pedras irregulares na estrada de acesso ao Molipark</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/846/78.pdf</t>
   </si>
   <si>
     <t>Revitalização completa na Praça Juliana Pazezzi, no Conjuto América Sabóia, com implantação de piso intertravado (paver), pintura geral, reforma área do playground infantil e implantaçãoi de estacionamento vertical</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>Wesley Roberto Xandu, André Luiz da Silva, Denis Ricardo Manoeira, Rodrigo Fernando Trava</t>
+    <t>Xandu, André Motorista, Ricardinho Manoeira, Rodrigo Trava Paraguai</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/847/79.pdf</t>
   </si>
   <si>
     <t>Parceria da secretaria de Assistência Social e outras pastas competentes, estude a viabilidade de implementar programas e atividades esportivas voltadas ás pessoas com deficência (PCD) em nosso município</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/849/80.pdf</t>
   </si>
   <si>
     <t>Reforma e melhoria na rodoviária municipal</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>81</t>
   </si>
@@ -1164,351 +1167,351 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/858/82.pdf</t>
   </si>
   <si>
     <t>Ampliação e fortalecimento das ações voltadas à causa animal em Sabáudia</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/861/83.pdf</t>
   </si>
   <si>
     <t>Implantação de iluminação Pública na estrada da Castanha</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Cidinei Pereira de Oliveira, Paulo Sérgio Gusson, Wesley Roberto Xandu</t>
+    <t>Israel, Cidinei Pedreiro, Paulo Sérgio, Xandu</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/863/84.pdf</t>
   </si>
   <si>
     <t>Implantação do detranzinho e Sabáudia</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, André Luiz da Silva, Denis Ricardo Manoeira, Jose Aparecido de Souza, Rodrigo Fernando Trava</t>
+    <t>Israel, André Motorista, Ricardinho Manoeira, Rodrigo Trava Paraguai, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/864/85.pdf</t>
   </si>
   <si>
     <t>Continuidade da ilimunação pública da Vila Coelho</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_086_-_coleta_de_lixo_no_pau_d_alho.docx</t>
   </si>
   <si>
     <t>Implantação de coleta seletiva de lixo orgânico duas vezes por semana</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>Wesley Roberto Xandu, Cidinei Pereira de Oliveira, Denis Ricardo Manoeira, Rodrigo Fernando Trava</t>
+    <t>Xandu, Cidinei Pedreiro, Ricardinho Manoeira, Rodrigo Trava Paraguai</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/868/087_indicacao_cameras_no_estadido_municipal.docx</t>
   </si>
   <si>
     <t>Instalação de cameras de segurança no estádio Municipal João Hespanhol</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, André Luiz da Silva, Cidinei Pereira de Oliveira, Denis Ricardo Manoeira, Jose Aparecido de Souza, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>Israel, André Motorista, Cidinei Pedreiro, Ricardinho Manoeira, Rodrigo Trava Paraguai, Xandu, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/871/088.pdf</t>
   </si>
   <si>
     <t>Semaforo na Avendia Campos Salles com a Rua São Paulo</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/872/089.pdf</t>
   </si>
   <si>
     <t>Compra de um ônibus para transporte de trabalhadores</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/875/90.pdf</t>
   </si>
   <si>
     <t>Caminhão compactador de resíduos</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>Denis Ricardo Manoeira, Alex Hernandes Valentin, André Luiz da Silva, Cidinei Pereira de Oliveira, Israel Aparecido Jesus, Jose Aparecido de Souza, Paulo Sérgio Gusson, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>Ricardinho Manoeira, André Motorista, Cidinei Pedreiro, Israel, Paulo Sérgio, Professor Alex, Rodrigo Trava Paraguai, Xandu, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/877/91.pdf</t>
   </si>
   <si>
     <t>Redutor de velocidade na rua Vilson Bana</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>Denis Ricardo Manoeira, André Luiz da Silva, Cidinei Pereira de Oliveira, Israel Aparecido Jesus, Jose Aparecido de Souza, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>Ricardinho Manoeira, André Motorista, Cidinei Pedreiro, Israel, Rodrigo Trava Paraguai, Xandu, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/878/92.pdf</t>
   </si>
   <si>
     <t>Continuidade na pista de caminhada Shigueru Unoki</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_093_-_iluminacao_publica_na_estrada_valdir_ribeiro.docx</t>
   </si>
   <si>
     <t>Iluminação pública no trevo da estrada Valdir Ribeiro</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_094_-_iluminacao_publica_em_frente_a_escola_neida_de_assis_brasileiro.docx</t>
   </si>
   <si>
     <t>Instalação de iluminação pública em frente a escola Municipal Neida</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Alex Hernandes Valentin, Cidinei Pereira de Oliveira, Paulo Sérgio Gusson</t>
+    <t>Israel, Cidinei Pedreiro, Paulo Sérgio, Professor Alex</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/882/95.pdf</t>
   </si>
   <si>
     <t>Continuidade  da iluminação pública nas proximodades do mercado Sao Pedro</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>Israel Aparecido Jesus, Alex Hernandes Valentin, André Luiz da Silva, Cidinei Pereira de Oliveira, Denis Ricardo Manoeira, Jose Aparecido de Souza, Paulo Sérgio Gusson, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>Israel, André Motorista, Cidinei Pedreiro, Paulo Sérgio, Professor Alex, Ricardinho Manoeira, Rodrigo Trava Paraguai, Xandu, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/883/96.pdf</t>
   </si>
   <si>
     <t>Fechamento laterais da quadra esporte professor Olivio Pereira de Oliveira</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/885/97.pdf</t>
   </si>
   <si>
     <t>possibilidade de ibter cursos profissionalizantes para corte, costura e pintura no período noturno</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/886/98.pdf</t>
   </si>
   <si>
     <t>viabilidade de realização de permuta de terreno com terceiros, de modo a possibilitar a implantação de um playground infantil, academia da terceira idade e espaço de lazer no Residencial Eldorado</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/887/99.pdf</t>
   </si>
   <si>
     <t>Possibilidade de melhoramento na iluminação pública localizada na Praça da Igreja Santa Terezinha</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>Alex Hernandes Valentin, André Luiz da Silva, Cidinei Pereira de Oliveira, Denis Ricardo Manoeira, Israel Aparecido Jesus, Jose Aparecido de Souza, Paulo Sérgio Gusson, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>Professor Alex, André Motorista, Cidinei Pedreiro, Israel, Paulo Sérgio, Ricardinho Manoeira, Rodrigo Trava Paraguai, Xandu, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/888/100.pdf</t>
   </si>
   <si>
     <t>Fechamento das laterais da quadra do Cmei Professora Miquelina</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/889/101.pdf</t>
   </si>
   <si>
     <t>Recape do pronto Atendimento até a saida da praça Igreja Santa Terezinha</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>Alex Hernandes Valentin, Cidinei Pereira de Oliveira, Israel Aparecido Jesus</t>
+    <t>Professor Alex, Cidinei Pedreiro, Israel</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/890/102.pdf</t>
   </si>
   <si>
     <t>Realizar atividades e eventos culturais e turisticos na feira familiar no Centro de eventos Municipal</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>Alex Hernandes Valentin, Cidinei Pereira de Oliveira, Denis Ricardo Manoeira, Israel Aparecido Jesus, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>Professor Alex, Cidinei Pedreiro, Israel, Ricardinho Manoeira, Rodrigo Trava Paraguai, Xandu</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/891/103.pdf</t>
   </si>
   <si>
     <t>Promover a necessidade do reforço da iluminação pública nas proximidades do campinho de areia e do playground no Jardim Catedral</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>André Luiz da Silva</t>
+    <t>André Motorista</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/892/104.pdf</t>
   </si>
   <si>
     <t>Aquisição de ônibus adaptado, com rampa elevatória e dois espaços destinados a cadeiras de rodas, com no minimo 30 lugares, para atender alunos da educação especial</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/893/105.pdf</t>
   </si>
   <si>
     <t>Construir mais um campo de futebol no municipio de Sabáudia</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>Alex Hernandes Valentin, Cidinei Pereira de Oliveira, Israel Aparecido Jesus, Paulo Sérgio Gusson, Wesley Roberto Xandu</t>
+    <t>Professor Alex, Cidinei Pedreiro, Israel, Paulo Sérgio, Xandu</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/894/106.pdf</t>
   </si>
   <si>
     <t>Instalação de bebedouros com agua potável nas praças</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/895/107.pdf</t>
   </si>
   <si>
     <t>Realize estudo técnico de viabilidade para adesão e implantação dos Porgramas Estaduais de parques Urbanos</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>108</t>
   </si>
@@ -1587,51 +1590,51 @@
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/908/114.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica do Jardim Ana elisa</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>Mo</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/839/mocao_001.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio as Apaes</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>André Luiz da Silva, Alex Hernandes Valentin, Cidinei Pereira de Oliveira, Denis Ricardo Manoeira, Israel Aparecido Jesus, Jose Aparecido de Souza, Paulo Sérgio Gusson, Rodrigo Fernando Trava, Wesley Roberto Xandu</t>
+    <t>André Motorista, Cidinei Pedreiro, Israel, Paulo Sérgio, Professor Alex, Ricardinho Manoeira, Rodrigo Trava Paraguai, Xandu, Zezinho</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/852/02_expotecnica.doc</t>
   </si>
   <si>
     <t>Moção de Aplausos a Emater e ao senhor Claudo D'Agostini</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/855/03.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Claudia D Agostini</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/859/04_luiz_otonio_defesa_civil.doc</t>
   </si>
   <si>
     <t>Ao Coordenador da Defesa Civil</t>
   </si>
@@ -1944,51 +1947,51 @@
   <si>
     <t>Informações sobre salários dos tecnicos de enfermagem, enefermeiros</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/770/03.pdf</t>
   </si>
   <si>
     <t>Que exexute a lei 573/2019, sobre Sanções e penalidades para aqueles que praticam maus tratos aos animais</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/782/04.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a entrega de escrituras aos moradores do programa do governo federal Morar Melhor</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>Cidinei Pereira de Oliveira, Israel Aparecido Jesus, Paulo Sérgio Gusson</t>
+    <t>Cidinei Pedreiro, Israel, Paulo Sérgio</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/813/05.pdf</t>
   </si>
   <si>
     <t>Solicitar junto ao DER lamobada eletronica de sinalização no trevo de Sabáudia</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/816/06.pdf</t>
   </si>
   <si>
     <t>Requerere informações sobre a reforma do clube</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/817/07.pdf</t>
   </si>
   <si>
     <t>requer informações sobre os objetos retiradps da iluminação dos postes públicos</t>
   </si>
@@ -2446,51 +2449,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/797/emenda_supressiva.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/803/supressiva_001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/742/01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/743/02.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/744/03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/745/04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/746/05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/747/06.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/748/07.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/750/08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/751/09.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/755/010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/756/011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/757/012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/758/013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/759/014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/760/015.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/761/016.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/762/017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/763/018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/764/019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/766/020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/767/021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/768/022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/771/023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/772/024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/773/025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/774/026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/775/027.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/776/28.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/777/029.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/778/030.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/779/031.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/780/032.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/783/33.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/784/34.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/785/35.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/786/36.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/787/37.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/788/38.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/789/039.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/790/040.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/791/041.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/792/42_acessibilidade_nor_orgaos_pulicos.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/793/043.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/794/044.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/798/45.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/799/46.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/800/047.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/801/48.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/802/49.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/804/050.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/805/051.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/806/052.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/807/placa_centro_comunitario.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/811/54.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/812/55_perfuracao_de_caixa_dgua.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/814/56.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/815/57.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/819/58.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/820/59.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/821/060indicacao_academia.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/826/61.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/827/62.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/828/062_piso_serventes.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/829/064_troca_de_postes.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/830/065_melhorias_rua_rgemiro_salvador.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/831/066_remanejamento_para_marcar_consulta.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/832/067.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/833/68.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/834/69.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/835/70.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/837/71.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/840/72.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/841/73.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/842/74.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/843/75.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/844/76.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/845/77.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/846/78.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/847/79.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/849/80.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/850/81.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/858/82.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/861/83.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/863/84.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/864/85.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/867/indicacao_086_-_coleta_de_lixo_no_pau_d_alho.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/868/087_indicacao_cameras_no_estadido_municipal.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/871/088.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/872/089.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/875/90.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/877/91.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/878/92.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/879/indicacao_093_-_iluminacao_publica_na_estrada_valdir_ribeiro.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_094_-_iluminacao_publica_em_frente_a_escola_neida_de_assis_brasileiro.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/882/95.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/883/96.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/885/97.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/886/98.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/887/99.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/888/100.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/889/101.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/890/102.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/891/103.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/892/104.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/893/105.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/894/106.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/895/107.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/896/108.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/898/109.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/901/110_ampliancao_garagem.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/905/111.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/906/112.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/907/113.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/908/114.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/839/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/852/02_expotecnica.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/855/03.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/859/04_luiz_otonio_defesa_civil.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/899/mocao_de_repudio_-_apae.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/781/projeto_de_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_de_decreto_02.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/876/titulo_de_cidada_honorario_sebastiao.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/897/proj_de_decreto_04_padre.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/739/001-_recomposicao_salarial.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/740/002__auxilio_alimentacao.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/741/003_recomposicao-salarial_prefeito.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/795/projeto_de_lei_conducao_animais.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/808/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/809/projeto_de_lei_006_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/818/001.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/822/007.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/824/008.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/856/09_orientacao_de_fraudes_a_idosos.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/860/010.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/862/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/866/projeto_013.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/848/resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/873/resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/749/01.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/765/02.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/810/03.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/838/004_dia_do_ciclismo.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/857/04.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/865/06.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/902/pre_-_projeto_de_lei_n_007-2025_-_votacao_para_diretores_e_vice-diretores_das_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/903/pre_-_projeto_de_lei_n_008-2025_-_denominacao_de_nome_felismino_do_novo_cras_2.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/904/009.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/753/01.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/769/02.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/770/03.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/782/04.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/813/05.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/816/06.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/817/07.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/823/08.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/825/09_insalubridade.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/836/09.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/851/011.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/869/013.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/870/013.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/884/014.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/900/15_barraca_festa_crianca.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/796/modificativa_001.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/853/modificativa_002.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/874/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sabaudia.pr.leg.br/media/sapl/public/materialegislativa/2025/881/emenda_modificativa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="191.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="117.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="192.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -3222,3671 +3225,3671 @@
       </c>
       <c r="G29" s="1" t="s">
         <v>130</v>
       </c>
       <c r="H29" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>132</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>21</v>
       </c>
       <c r="E30" t="s">
         <v>22</v>
       </c>
       <c r="F30" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H30" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D31" t="s">
         <v>21</v>
       </c>
       <c r="E31" t="s">
         <v>22</v>
       </c>
       <c r="F31" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H31" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D32" t="s">
         <v>21</v>
       </c>
       <c r="E32" t="s">
         <v>22</v>
       </c>
       <c r="F32" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H32" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D33" t="s">
         <v>21</v>
       </c>
       <c r="E33" t="s">
         <v>22</v>
       </c>
       <c r="F33" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H33" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D34" t="s">
         <v>21</v>
       </c>
       <c r="E34" t="s">
         <v>22</v>
       </c>
       <c r="F34" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="H34" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D35" t="s">
         <v>21</v>
       </c>
       <c r="E35" t="s">
         <v>22</v>
       </c>
       <c r="F35" t="s">
         <v>47</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H35" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D36" t="s">
         <v>21</v>
       </c>
       <c r="E36" t="s">
         <v>22</v>
       </c>
       <c r="F36" t="s">
         <v>66</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H36" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D37" t="s">
         <v>21</v>
       </c>
       <c r="E37" t="s">
         <v>22</v>
       </c>
       <c r="F37" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H37" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D38" t="s">
         <v>21</v>
       </c>
       <c r="E38" t="s">
         <v>22</v>
       </c>
       <c r="F38" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H38" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D39" t="s">
         <v>21</v>
       </c>
       <c r="E39" t="s">
         <v>22</v>
       </c>
       <c r="F39" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H39" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D40" t="s">
         <v>21</v>
       </c>
       <c r="E40" t="s">
         <v>22</v>
       </c>
       <c r="F40" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H40" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D41" t="s">
         <v>21</v>
       </c>
       <c r="E41" t="s">
         <v>22</v>
       </c>
       <c r="F41" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H41" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D42" t="s">
         <v>21</v>
       </c>
       <c r="E42" t="s">
         <v>22</v>
       </c>
       <c r="F42" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H42" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D43" t="s">
         <v>21</v>
       </c>
       <c r="E43" t="s">
         <v>22</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H43" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D44" t="s">
         <v>21</v>
       </c>
       <c r="E44" t="s">
         <v>22</v>
       </c>
       <c r="F44" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H44" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D45" t="s">
         <v>21</v>
       </c>
       <c r="E45" t="s">
         <v>22</v>
       </c>
       <c r="F45" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H45" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D46" t="s">
         <v>21</v>
       </c>
       <c r="E46" t="s">
         <v>22</v>
       </c>
       <c r="F46" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H46" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D47" t="s">
         <v>21</v>
       </c>
       <c r="E47" t="s">
         <v>22</v>
       </c>
       <c r="F47" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H47" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D48" t="s">
         <v>21</v>
       </c>
       <c r="E48" t="s">
         <v>22</v>
       </c>
       <c r="F48" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H48" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D49" t="s">
         <v>21</v>
       </c>
       <c r="E49" t="s">
         <v>22</v>
       </c>
       <c r="F49" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H49" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D50" t="s">
         <v>21</v>
       </c>
       <c r="E50" t="s">
         <v>22</v>
       </c>
       <c r="F50" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H50" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D51" t="s">
         <v>21</v>
       </c>
       <c r="E51" t="s">
         <v>22</v>
       </c>
       <c r="F51" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H51" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D52" t="s">
         <v>21</v>
       </c>
       <c r="E52" t="s">
         <v>22</v>
       </c>
       <c r="F52" t="s">
         <v>52</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H52" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D53" t="s">
         <v>21</v>
       </c>
       <c r="E53" t="s">
         <v>22</v>
       </c>
       <c r="F53" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H53" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D54" t="s">
         <v>21</v>
       </c>
       <c r="E54" t="s">
         <v>22</v>
       </c>
       <c r="F54" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H54" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D55" t="s">
         <v>21</v>
       </c>
       <c r="E55" t="s">
         <v>22</v>
       </c>
       <c r="F55" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H55" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D56" t="s">
         <v>21</v>
       </c>
       <c r="E56" t="s">
         <v>22</v>
       </c>
       <c r="F56" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H56" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D57" t="s">
         <v>21</v>
       </c>
       <c r="E57" t="s">
         <v>22</v>
       </c>
       <c r="F57" t="s">
         <v>47</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H57" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D58" t="s">
         <v>21</v>
       </c>
       <c r="E58" t="s">
         <v>22</v>
       </c>
       <c r="F58" t="s">
         <v>52</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H58" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D59" t="s">
         <v>21</v>
       </c>
       <c r="E59" t="s">
         <v>22</v>
       </c>
       <c r="F59" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H59" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D60" t="s">
         <v>21</v>
       </c>
       <c r="E60" t="s">
         <v>22</v>
       </c>
       <c r="F60" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H60" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D61" t="s">
         <v>21</v>
       </c>
       <c r="E61" t="s">
         <v>22</v>
       </c>
       <c r="F61" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H61" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D62" t="s">
         <v>21</v>
       </c>
       <c r="E62" t="s">
         <v>22</v>
       </c>
       <c r="F62" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H62" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D63" t="s">
         <v>21</v>
       </c>
       <c r="E63" t="s">
         <v>22</v>
       </c>
       <c r="F63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H63" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D64" t="s">
         <v>21</v>
       </c>
       <c r="E64" t="s">
         <v>22</v>
       </c>
       <c r="F64" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H64" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D65" t="s">
         <v>21</v>
       </c>
       <c r="E65" t="s">
         <v>22</v>
       </c>
       <c r="F65" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H65" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D66" t="s">
         <v>21</v>
       </c>
       <c r="E66" t="s">
         <v>22</v>
       </c>
       <c r="F66" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H66" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D67" t="s">
         <v>21</v>
       </c>
       <c r="E67" t="s">
         <v>22</v>
       </c>
       <c r="F67" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H67" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D68" t="s">
         <v>21</v>
       </c>
       <c r="E68" t="s">
         <v>22</v>
       </c>
       <c r="F68" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H68" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D69" t="s">
         <v>21</v>
       </c>
       <c r="E69" t="s">
         <v>22</v>
       </c>
       <c r="F69" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H69" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D70" t="s">
         <v>21</v>
       </c>
       <c r="E70" t="s">
         <v>22</v>
       </c>
       <c r="F70" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H70" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D71" t="s">
         <v>21</v>
       </c>
       <c r="E71" t="s">
         <v>22</v>
       </c>
       <c r="F71" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H71" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D72" t="s">
         <v>21</v>
       </c>
       <c r="E72" t="s">
         <v>22</v>
       </c>
       <c r="F72" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H72" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D73" t="s">
         <v>21</v>
       </c>
       <c r="E73" t="s">
         <v>22</v>
       </c>
       <c r="F73" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H73" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D74" t="s">
         <v>21</v>
       </c>
       <c r="E74" t="s">
         <v>22</v>
       </c>
       <c r="F74" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H74" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D75" t="s">
         <v>21</v>
       </c>
       <c r="E75" t="s">
         <v>22</v>
       </c>
       <c r="F75" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H75" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D76" t="s">
         <v>21</v>
       </c>
       <c r="E76" t="s">
         <v>22</v>
       </c>
       <c r="F76" t="s">
         <v>47</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H76" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D77" t="s">
         <v>21</v>
       </c>
       <c r="E77" t="s">
         <v>22</v>
       </c>
       <c r="F77" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H77" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D78" t="s">
         <v>21</v>
       </c>
       <c r="E78" t="s">
         <v>22</v>
       </c>
       <c r="F78" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H78" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D79" t="s">
         <v>21</v>
       </c>
       <c r="E79" t="s">
         <v>22</v>
       </c>
       <c r="F79" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H79" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D80" t="s">
         <v>21</v>
       </c>
       <c r="E80" t="s">
         <v>22</v>
       </c>
       <c r="F80" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H80" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D81" t="s">
         <v>21</v>
       </c>
       <c r="E81" t="s">
         <v>22</v>
       </c>
       <c r="F81" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H81" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D82" t="s">
         <v>21</v>
       </c>
       <c r="E82" t="s">
         <v>22</v>
       </c>
       <c r="F82" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H82" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D83" t="s">
         <v>21</v>
       </c>
       <c r="E83" t="s">
         <v>22</v>
       </c>
       <c r="F83" t="s">
         <v>47</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H83" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D84" t="s">
         <v>21</v>
       </c>
       <c r="E84" t="s">
         <v>22</v>
       </c>
       <c r="F84" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="H84" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D85" t="s">
         <v>21</v>
       </c>
       <c r="E85" t="s">
         <v>22</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H85" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D86" t="s">
         <v>21</v>
       </c>
       <c r="E86" t="s">
         <v>22</v>
       </c>
       <c r="F86" t="s">
         <v>88</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H86" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D87" t="s">
         <v>21</v>
       </c>
       <c r="E87" t="s">
         <v>22</v>
       </c>
       <c r="F87" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H87" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D88" t="s">
         <v>21</v>
       </c>
       <c r="E88" t="s">
         <v>22</v>
       </c>
       <c r="F88" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H88" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D89" t="s">
         <v>21</v>
       </c>
       <c r="E89" t="s">
         <v>22</v>
       </c>
       <c r="F89" t="s">
         <v>75</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H89" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D90" t="s">
         <v>21</v>
       </c>
       <c r="E90" t="s">
         <v>22</v>
       </c>
       <c r="F90" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H90" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D91" t="s">
         <v>21</v>
       </c>
       <c r="E91" t="s">
         <v>22</v>
       </c>
       <c r="F91" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H91" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D92" t="s">
         <v>21</v>
       </c>
       <c r="E92" t="s">
         <v>22</v>
       </c>
       <c r="F92" t="s">
-        <v>195</v>
+        <v>313</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H92" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D93" t="s">
         <v>21</v>
       </c>
       <c r="E93" t="s">
         <v>22</v>
       </c>
       <c r="F93" t="s">
         <v>47</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H93" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D94" t="s">
         <v>21</v>
       </c>
       <c r="E94" t="s">
         <v>22</v>
       </c>
       <c r="F94" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H94" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D95" t="s">
         <v>21</v>
       </c>
       <c r="E95" t="s">
         <v>22</v>
       </c>
       <c r="F95" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H95" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D96" t="s">
         <v>21</v>
       </c>
       <c r="E96" t="s">
         <v>22</v>
       </c>
       <c r="F96" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H96" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D97" t="s">
         <v>21</v>
       </c>
       <c r="E97" t="s">
         <v>22</v>
       </c>
       <c r="F97" t="s">
         <v>47</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H97" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D98" t="s">
         <v>21</v>
       </c>
       <c r="E98" t="s">
         <v>22</v>
       </c>
       <c r="F98" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H98" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D99" t="s">
         <v>21</v>
       </c>
       <c r="E99" t="s">
         <v>22</v>
       </c>
       <c r="F99" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H99" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D100" t="s">
         <v>21</v>
       </c>
       <c r="E100" t="s">
         <v>22</v>
       </c>
       <c r="F100" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H100" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D101" t="s">
         <v>21</v>
       </c>
       <c r="E101" t="s">
         <v>22</v>
       </c>
       <c r="F101" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H101" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D102" t="s">
         <v>21</v>
       </c>
       <c r="E102" t="s">
         <v>22</v>
       </c>
       <c r="F102" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H102" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D103" t="s">
         <v>21</v>
       </c>
       <c r="E103" t="s">
         <v>22</v>
       </c>
       <c r="F103" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H103" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D104" t="s">
         <v>21</v>
       </c>
       <c r="E104" t="s">
         <v>22</v>
       </c>
       <c r="F104" t="s">
         <v>23</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H104" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D105" t="s">
         <v>21</v>
       </c>
       <c r="E105" t="s">
         <v>22</v>
       </c>
       <c r="F105" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H105" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D106" t="s">
         <v>21</v>
       </c>
       <c r="E106" t="s">
         <v>22</v>
       </c>
       <c r="F106" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H106" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D107" t="s">
         <v>21</v>
       </c>
       <c r="E107" t="s">
         <v>22</v>
       </c>
       <c r="F107" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H107" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D108" t="s">
         <v>21</v>
       </c>
       <c r="E108" t="s">
         <v>22</v>
       </c>
       <c r="F108" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H108" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D109" t="s">
         <v>21</v>
       </c>
       <c r="E109" t="s">
         <v>22</v>
       </c>
       <c r="F109" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H109" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D110" t="s">
         <v>21</v>
       </c>
       <c r="E110" t="s">
         <v>22</v>
       </c>
       <c r="F110" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H110" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D111" t="s">
         <v>21</v>
       </c>
       <c r="E111" t="s">
         <v>22</v>
       </c>
       <c r="F111" t="s">
         <v>23</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H111" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D112" t="s">
         <v>21</v>
       </c>
       <c r="E112" t="s">
         <v>22</v>
       </c>
       <c r="F112" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H112" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D113" t="s">
         <v>21</v>
       </c>
       <c r="E113" t="s">
         <v>22</v>
       </c>
       <c r="F113" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="H113" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D114" t="s">
         <v>21</v>
       </c>
       <c r="E114" t="s">
         <v>22</v>
       </c>
       <c r="F114" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H114" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D115" t="s">
         <v>21</v>
       </c>
       <c r="E115" t="s">
         <v>22</v>
       </c>
       <c r="F115" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H115" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D116" t="s">
         <v>21</v>
       </c>
       <c r="E116" t="s">
         <v>22</v>
       </c>
       <c r="F116" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H116" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D117" t="s">
         <v>21</v>
       </c>
       <c r="E117" t="s">
         <v>22</v>
       </c>
       <c r="F117" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H117" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E118" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F118" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H118" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>17</v>
       </c>
       <c r="D119" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E119" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F119" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="H119" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>30</v>
       </c>
       <c r="D120" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E120" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H120" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>34</v>
       </c>
       <c r="D121" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E121" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F121" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H121" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>38</v>
       </c>
       <c r="D122" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E122" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F122" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H122" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>10</v>
       </c>
       <c r="D123" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E123" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H123" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>17</v>
       </c>
       <c r="D124" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E124" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F124" t="s">
         <v>47</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="H124" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>30</v>
       </c>
       <c r="D125" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E125" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F125" t="s">
         <v>47</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H125" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>34</v>
       </c>
       <c r="D126" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E126" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F126" t="s">
         <v>23</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H126" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>10</v>
       </c>
       <c r="D127" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E127" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F127" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="H127" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>17</v>
       </c>
       <c r="D128" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E128" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F128" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H128" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>30</v>
       </c>
       <c r="D129" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E129" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F129" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H129" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>34</v>
       </c>
       <c r="D130" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E130" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F130" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H130" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>38</v>
       </c>
       <c r="D131" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E131" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F131" t="s">
         <v>47</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="H131" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>42</v>
       </c>
       <c r="D132" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E132" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F132" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H132" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>46</v>
       </c>
       <c r="D133" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E133" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H133" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>51</v>
       </c>
       <c r="D134" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E134" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F134" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H134" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>56</v>
       </c>
       <c r="D135" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E135" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F135" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="H135" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>61</v>
       </c>
       <c r="D136" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E136" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="H136" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>65</v>
       </c>
       <c r="D137" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E137" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F137" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H137" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>70</v>
       </c>
       <c r="D138" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E138" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F138" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H138" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>74</v>
       </c>
       <c r="D139" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E139" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F139" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="H139" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>10</v>
       </c>
       <c r="D140" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E140" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F140" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H140" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>17</v>
       </c>
       <c r="D141" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E141" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F141" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H141" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>10</v>
       </c>
       <c r="D142" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E142" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F142" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="H142" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>17</v>
       </c>
       <c r="D143" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E143" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F143" t="s">
         <v>47</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H143" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>30</v>
       </c>
       <c r="D144" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E144" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F144" t="s">
         <v>47</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H144" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>34</v>
       </c>
       <c r="D145" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E145" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F145" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H145" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>38</v>
       </c>
       <c r="D146" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E146" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F146" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H146" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>42</v>
       </c>
       <c r="D147" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E147" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H147" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>46</v>
       </c>
       <c r="D148" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E148" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F148" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H148" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>51</v>
       </c>
       <c r="D149" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E149" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F149" t="s">
         <v>23</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H149" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>56</v>
       </c>
       <c r="D150" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E150" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F150" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H150" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>10</v>
       </c>
       <c r="D151" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E151" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F151" t="s">
         <v>52</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H151" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>17</v>
       </c>
       <c r="D152" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E152" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F152" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="H152" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>30</v>
       </c>
       <c r="D153" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E153" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F153" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="H153" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>34</v>
       </c>
       <c r="D154" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E154" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F154" t="s">
         <v>66</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H154" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>38</v>
       </c>
       <c r="D155" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E155" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F155" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="H155" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>42</v>
       </c>
       <c r="D156" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E156" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F156" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="H156" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>46</v>
       </c>
       <c r="D157" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E157" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F157" t="s">
         <v>23</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="H157" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>51</v>
       </c>
       <c r="D158" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E158" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F158" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H158" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>56</v>
       </c>
       <c r="D159" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E159" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F159" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="H159" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>61</v>
       </c>
       <c r="D160" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E160" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F160" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H160" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>65</v>
       </c>
       <c r="D161" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E161" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F161" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="H161" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>70</v>
       </c>
       <c r="D162" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E162" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F162" t="s">
         <v>47</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="H162" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>74</v>
       </c>
       <c r="D163" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E163" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F163" t="s">
         <v>47</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="H163" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>79</v>
       </c>
       <c r="D164" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E164" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F164" t="s">
         <v>47</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H164" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>83</v>
       </c>
       <c r="D165" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E165" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F165" t="s">
         <v>75</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="H165" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>10</v>
       </c>
       <c r="D166" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E166" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F166" t="s">
         <v>23</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H166" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>17</v>
       </c>
       <c r="D167" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E167" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="H167" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>30</v>
       </c>
       <c r="D168" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E168" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F168" t="s">
         <v>13</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H168" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>34</v>
       </c>
       <c r="D169" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E169" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F169" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="H169" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>